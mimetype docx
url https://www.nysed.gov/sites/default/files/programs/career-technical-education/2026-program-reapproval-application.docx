--- v0 (2025-11-20)
+++ v1 (2026-02-11)
@@ -1,497 +1,553 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="129CDE76" w14:textId="77777777" w:rsidR="00B7205F" w:rsidRDefault="00B7205F" w:rsidP="00370713">
+    <w:p w14:paraId="4CD964D0" w14:textId="77777777" w:rsidR="00EA403C" w:rsidRPr="001A3FE7" w:rsidRDefault="00EA403C" w:rsidP="00370713">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001A3FE7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Career and Technical Education</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4CD964D0" w14:textId="1EA748B4" w:rsidR="00EA403C" w:rsidRPr="00B10BA8" w:rsidRDefault="00EA403C" w:rsidP="00370713">
+    <w:p w14:paraId="4AFD6F35" w14:textId="5C5E6212" w:rsidR="002B2CE0" w:rsidRPr="001A3FE7" w:rsidRDefault="00EA403C" w:rsidP="001A3FE7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B10BA8">
+      <w:r w:rsidRPr="001A3FE7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Career and Technical Education</w:t>
+        <w:t>New York State Education Department</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AFD6F35" w14:textId="5C5E6212" w:rsidR="002B2CE0" w:rsidRPr="00B10BA8" w:rsidRDefault="00EA403C" w:rsidP="001A3FE7">
+    <w:p w14:paraId="44923D82" w14:textId="2E82E3F3" w:rsidR="00A5645F" w:rsidRPr="001A3FE7" w:rsidRDefault="00DA6DFF" w:rsidP="001A3FE7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B10BA8">
+      <w:r w:rsidRPr="001A3FE7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...16 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Re</w:t>
       </w:r>
-      <w:r w:rsidR="001D10C8" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="001D10C8" w:rsidRPr="001A3FE7">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B10BA8">
+      <w:r w:rsidRPr="001A3FE7">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>approval</w:t>
       </w:r>
-      <w:r w:rsidR="007B2F24" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="007B2F24" w:rsidRPr="001A3FE7">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002358DE" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="002358DE" w:rsidRPr="001A3FE7">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Application </w:t>
       </w:r>
-      <w:r w:rsidR="00CF0DC8" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="00CF0DC8" w:rsidRPr="001A3FE7">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="007B2F24" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="007B2F24" w:rsidRPr="001A3FE7">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="001D10C8" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="001D10C8" w:rsidRPr="001A3FE7">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Programs Expiring J</w:t>
       </w:r>
-      <w:r w:rsidR="007B2F24" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="007B2F24" w:rsidRPr="001A3FE7">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidR="00D97623" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="00D97623" w:rsidRPr="001A3FE7">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ne 30, </w:t>
       </w:r>
-      <w:r w:rsidR="00D67EC4" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="00D67EC4" w:rsidRPr="001A3FE7">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00121F4F" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="00D9182A">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00A5645F" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="00A5645F" w:rsidRPr="001A3FE7">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: Part 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70ED813B" w14:textId="77777777" w:rsidR="00F570D0" w:rsidRPr="00B10BA8" w:rsidRDefault="00F570D0" w:rsidP="00743879">
+    <w:p w14:paraId="39B84CBB" w14:textId="77777777" w:rsidR="00743879" w:rsidRPr="00743879" w:rsidRDefault="00743879" w:rsidP="00743879">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D041904" w14:textId="4C463547" w:rsidR="00F570D0" w:rsidRPr="00B10BA8" w:rsidRDefault="008E7BF9" w:rsidP="00743879">
+    <w:p w14:paraId="70ED813B" w14:textId="77777777" w:rsidR="00F570D0" w:rsidRDefault="00F570D0" w:rsidP="00743879">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B10BA8">
+    </w:p>
+    <w:p w14:paraId="0DDF2241" w14:textId="59FD7D44" w:rsidR="008E4C44" w:rsidRDefault="008E7BF9" w:rsidP="00743879">
+      <w:pPr>
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743879">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>To prevent a lapse in program approval, a complete re-approval application</w:t>
       </w:r>
-      <w:r w:rsidR="006053F4" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="006053F4" w:rsidRPr="00743879">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D707C7" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="00D707C7" w:rsidRPr="00743879">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B10BA8">
+      <w:r w:rsidRPr="00743879">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> be submitted by the program’s expiration date.</w:t>
       </w:r>
-      <w:r w:rsidR="00CF3C0F" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="00CF3C0F">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please submit a separate reapproval application for </w:t>
       </w:r>
-      <w:r w:rsidR="00DC1F71" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="003C7A29">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>each</w:t>
       </w:r>
-      <w:r w:rsidR="00CF3C0F" w:rsidRPr="00B10BA8">
+      <w:r w:rsidR="00CF3C0F">
         <w:rPr>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> program.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49DDE9B1" w14:textId="77777777" w:rsidR="00D23BA6" w:rsidRPr="00B45B45" w:rsidRDefault="00D23BA6" w:rsidP="00743879">
+    <w:p w14:paraId="6D041904" w14:textId="77777777" w:rsidR="00F570D0" w:rsidRDefault="00F570D0" w:rsidP="00743879">
       <w:pPr>
         <w:rPr>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49DDE9B1" w14:textId="77777777" w:rsidR="00D23BA6" w:rsidRPr="00D23BA6" w:rsidRDefault="00D23BA6" w:rsidP="00743879">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10890" w:type="dxa"/>
-        <w:tblInd w:w="-23" w:type="dxa"/>
+        <w:tblW w:w="11164" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="14" w:type="dxa"/>
           <w:left w:w="86" w:type="dxa"/>
           <w:bottom w:w="14" w:type="dxa"/>
           <w:right w:w="86" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2777"/>
-[...13 lines deleted...]
-        <w:gridCol w:w="180"/>
+        <w:gridCol w:w="2792"/>
+        <w:gridCol w:w="1595"/>
+        <w:gridCol w:w="926"/>
+        <w:gridCol w:w="268"/>
+        <w:gridCol w:w="87"/>
+        <w:gridCol w:w="123"/>
+        <w:gridCol w:w="768"/>
         <w:gridCol w:w="536"/>
-        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="371"/>
+        <w:gridCol w:w="187"/>
+        <w:gridCol w:w="163"/>
+        <w:gridCol w:w="569"/>
+        <w:gridCol w:w="48"/>
+        <w:gridCol w:w="518"/>
+        <w:gridCol w:w="22"/>
+        <w:gridCol w:w="170"/>
+        <w:gridCol w:w="1000"/>
+        <w:gridCol w:w="364"/>
         <w:gridCol w:w="630"/>
-        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="27"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B2028" w:rsidRPr="002929F2" w14:paraId="510C17BB" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="003B2028" w:rsidRPr="002929F2" w14:paraId="510C17BB" w14:textId="77777777" w:rsidTr="003C7A29">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0000FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A29CF8D" w14:textId="77777777" w:rsidR="003B2028" w:rsidRPr="003B2028" w:rsidRDefault="003B2028" w:rsidP="00674521">
+          <w:p w14:paraId="1A29CF8D" w14:textId="77777777" w:rsidR="003B2028" w:rsidRPr="003B2028" w:rsidRDefault="003B2028" w:rsidP="003B2028">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t>A. Program Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2028" w:rsidRPr="002929F2" w14:paraId="6398D9C7" w14:textId="77777777" w:rsidTr="009A7DDE">
+      <w:tr w:rsidR="003B2028" w:rsidRPr="002929F2" w14:paraId="6398D9C7" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5668" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57F75406" w14:textId="66E01A8A" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00CF3170">
+          <w:p w14:paraId="57F75406" w14:textId="165DE891" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00212474">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">School district or BOCES: </w:t>
             </w:r>
             <w:r w:rsidR="00E31EE2">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="F1"/>
             <w:r w:rsidR="00E31EE2">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00E31EE2">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00E31EE2">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00212474">
-[...28 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00E31EE2">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5490" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="5469" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="465F4405" w14:textId="22013C70" w:rsidR="003B2028" w:rsidRDefault="003B2028" w:rsidP="00CF3170">
+          <w:p w14:paraId="465F4405" w14:textId="22013C70" w:rsidR="003B2028" w:rsidRDefault="003B2028" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Operational approval is </w:t>
             </w:r>
             <w:r w:rsidRPr="00A41F7B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">required </w:t>
             </w:r>
             <w:r>
               <w:t>for appearance enhancement, barbering, and health sciences programs only. Has the program achieved operational approval status?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F4C77B2" w14:textId="64441FC2" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="00B33076" w:rsidP="00CF3170">
+          <w:p w14:paraId="6F4C77B2" w14:textId="64441FC2" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="00B33076" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
@@ -607,179 +663,180 @@
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="004018F8">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="004018F8">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="003B2028">
               <w:t>NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2028" w:rsidRPr="002929F2" w14:paraId="5567D383" w14:textId="77777777" w:rsidTr="009A7DDE">
+      <w:tr w:rsidR="003B2028" w:rsidRPr="002929F2" w14:paraId="5567D383" w14:textId="77777777" w:rsidTr="00C833E7">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5668" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79E799B5" w14:textId="192CA63F" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00CF3170">
+          <w:p w14:paraId="79E799B5" w14:textId="134155EC" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">Program name: </w:t>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="F3"/>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00212474">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00212474">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00212474">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00212474">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00212474">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2366" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45009C9B" w14:textId="52E30B62" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00CF3170">
+          <w:p w14:paraId="45009C9B" w14:textId="52E30B62" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">CIP code: </w:t>
             </w:r>
             <w:r w:rsidR="005E0D8E">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="F6"/>
             <w:r w:rsidR="005E0D8E">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -827,460 +884,418 @@
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00212474">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005E0D8E">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3124" w:type="dxa"/>
+            <w:tcW w:w="3321" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4384B6DB" w14:textId="74D6D1B3" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00CF3170">
+          <w:p w14:paraId="4384B6DB" w14:textId="662030A1" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>SED progr</w:t>
             </w:r>
             <w:r w:rsidR="00A70B1E">
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">m number: </w:t>
             </w:r>
             <w:r w:rsidR="005E0D8E">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F69"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="005E0D8E">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="005E0D8E">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="005E0D8E">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00212474">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00212474">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00212474">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00212474">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00212474">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005E0D8E">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2028" w:rsidRPr="002929F2" w14:paraId="1ADC25F8" w14:textId="77777777" w:rsidTr="009A7DDE">
+      <w:tr w:rsidR="003B2028" w:rsidRPr="002929F2" w14:paraId="1ADC25F8" w14:textId="77777777" w:rsidTr="00C833E7">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5668" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0B2A2E45" w14:textId="250FE2AD" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00CF3170">
+          <w:p w14:paraId="0B2A2E45" w14:textId="25E0E66B" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00CF3C0F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002929F2">
               <w:t>Program site(s)</w:t>
             </w:r>
             <w:r w:rsidR="009C4CB4">
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-              <w:t>I</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="003A27D9">
+              <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="009C4CB4">
-              <w:t>dentify</w:t>
+              <w:t xml:space="preserve">lease identify </w:t>
             </w:r>
             <w:r w:rsidR="00FC6B61">
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009C4CB4" w:rsidRPr="78312BAC">
+              <w:t xml:space="preserve">below </w:t>
+            </w:r>
+            <w:r w:rsidR="009C4CB4" w:rsidRPr="00F42B22">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>all</w:t>
             </w:r>
             <w:r w:rsidR="009C4CB4">
-              <w:t xml:space="preserve"> locations where </w:t>
-[...13 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> locations where program content is delivered)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5490" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="5469" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C3DD332" w14:textId="6D77CF9A" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="00A653EF" w:rsidP="00CF3170">
+          <w:p w14:paraId="6C3DD332" w14:textId="2FE993DB" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="00A653EF" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r>
               <w:t>Location BEDS</w:t>
             </w:r>
             <w:r w:rsidR="003B2028">
               <w:t xml:space="preserve"> code(s</w:t>
             </w:r>
             <w:r w:rsidR="00C2112D">
               <w:t>) (</w:t>
             </w:r>
-            <w:r w:rsidR="16F7F5BA">
-[...1 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00D44CE9">
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Please list </w:t>
             </w:r>
             <w:r w:rsidR="004E066C">
-              <w:t xml:space="preserve">the </w:t>
+              <w:t xml:space="preserve">below the </w:t>
             </w:r>
             <w:r w:rsidR="4F6B9058">
               <w:t>corresponding 12-digit</w:t>
             </w:r>
             <w:r w:rsidR="004E066C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00352F69">
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidR="006335E9">
               <w:t>ocation BEDS</w:t>
             </w:r>
             <w:r w:rsidR="004E066C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006F3044">
-              <w:t>codes</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> as</w:t>
+              <w:t>codes as</w:t>
             </w:r>
             <w:r w:rsidR="19D9E3A8">
-              <w:t xml:space="preserve"> confirmed in SEDREF</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> confirmed in SEDREF </w:t>
             </w:r>
             <w:r w:rsidR="00D44CE9">
               <w:t xml:space="preserve">for </w:t>
             </w:r>
-            <w:r w:rsidR="00D44CE9" w:rsidRPr="78312BAC">
+            <w:r w:rsidR="00D44CE9" w:rsidRPr="6325200F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">all </w:t>
             </w:r>
             <w:r w:rsidR="004E066C">
               <w:t xml:space="preserve">sites </w:t>
             </w:r>
-            <w:r w:rsidR="629D2392">
-[...1 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00D44CE9">
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>in which program content is delivered)</w:t>
             </w:r>
             <w:r w:rsidR="00C2112D">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00217535">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC6B61" w:rsidRPr="002929F2" w14:paraId="7DB2CBFE" w14:textId="77777777" w:rsidTr="009A7DDE">
+      <w:tr w:rsidR="00FC6B61" w:rsidRPr="002929F2" w14:paraId="7DB2CBFE" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5668" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B1B7EA2" w14:textId="29B5B8DE" w:rsidR="00FC6B61" w:rsidRPr="002929F2" w:rsidRDefault="00CC6567" w:rsidP="00CF3170">
+          <w:p w14:paraId="0B1B7EA2" w14:textId="387F1CFF" w:rsidR="00FC6B61" w:rsidRPr="002929F2" w:rsidRDefault="00CC6567" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="F4"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5490" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="5469" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38D5D0AA" w14:textId="6793E1A6" w:rsidR="00FC6B61" w:rsidRDefault="00A57813" w:rsidP="00CF3170">
+          <w:p w14:paraId="38D5D0AA" w14:textId="6793E1A6" w:rsidR="00FC6B61" w:rsidRDefault="00A57813" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F70"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="F70"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1324,70 +1339,71 @@
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC6B61" w:rsidRPr="002929F2" w14:paraId="07109511" w14:textId="77777777" w:rsidTr="009A7DDE">
+      <w:tr w:rsidR="00FC6B61" w:rsidRPr="002929F2" w14:paraId="07109511" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5668" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17134075" w14:textId="21940760" w:rsidR="00FC6B61" w:rsidRPr="002929F2" w:rsidRDefault="00FC6B61" w:rsidP="00CF3170">
+          <w:p w14:paraId="17134075" w14:textId="21940760" w:rsidR="00FC6B61" w:rsidRPr="002929F2" w:rsidRDefault="00FC6B61" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
@@ -1430,64 +1446,64 @@
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5490" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="5469" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="589C8113" w14:textId="292FE65A" w:rsidR="00FC6B61" w:rsidRDefault="00FC6B61" w:rsidP="00CF3170">
+          <w:p w14:paraId="589C8113" w14:textId="292FE65A" w:rsidR="00FC6B61" w:rsidRDefault="00FC6B61" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
@@ -1529,69 +1545,71 @@
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC6B61" w:rsidRPr="002929F2" w14:paraId="1040640B" w14:textId="77777777" w:rsidTr="009A7DDE">
+      <w:tr w:rsidR="00FC6B61" w:rsidRPr="002929F2" w14:paraId="1040640B" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5668" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B090BF2" w14:textId="5C16F6C3" w:rsidR="00FC6B61" w:rsidRPr="002929F2" w:rsidRDefault="00FC6B61" w:rsidP="00CF3170">
+          <w:p w14:paraId="4B090BF2" w14:textId="5C16F6C3" w:rsidR="00FC6B61" w:rsidRPr="002929F2" w:rsidRDefault="00FC6B61" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
@@ -1634,63 +1652,64 @@
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5490" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="5469" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="351C0D8B" w14:textId="6597A2B8" w:rsidR="00FC6B61" w:rsidRDefault="00FC6B61" w:rsidP="00CF3170">
+          <w:p w14:paraId="351C0D8B" w14:textId="6597A2B8" w:rsidR="00FC6B61" w:rsidRDefault="00FC6B61" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
@@ -1732,69 +1751,71 @@
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC6B61" w:rsidRPr="002929F2" w14:paraId="7BF37468" w14:textId="77777777" w:rsidTr="009A7DDE">
+      <w:tr w:rsidR="00FC6B61" w:rsidRPr="002929F2" w14:paraId="7BF37468" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5668" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43DA9072" w14:textId="4E6970BD" w:rsidR="00FC6B61" w:rsidRPr="002929F2" w:rsidRDefault="00FC6B61" w:rsidP="00CF3170">
+          <w:p w14:paraId="43DA9072" w14:textId="4E6970BD" w:rsidR="00FC6B61" w:rsidRPr="002929F2" w:rsidRDefault="00FC6B61" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
@@ -1837,63 +1858,64 @@
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5490" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="5469" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32E45090" w14:textId="3BB77AAB" w:rsidR="00FC6B61" w:rsidRDefault="00FC6B61" w:rsidP="00CF3170">
+          <w:p w14:paraId="32E45090" w14:textId="3BB77AAB" w:rsidR="00FC6B61" w:rsidRDefault="00FC6B61" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:after="80"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
@@ -1935,482 +1957,349 @@
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2028" w:rsidRPr="002929F2" w14:paraId="0118DAFF" w14:textId="77777777" w:rsidTr="009A7DDE">
+      <w:tr w:rsidR="003B2028" w:rsidRPr="002929F2" w14:paraId="0118DAFF" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="1425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5400" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5668" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A57F154" w14:textId="73F96D33" w:rsidR="05C3871B" w:rsidRDefault="05C3871B" w:rsidP="78312BAC">
+          <w:p w14:paraId="1D9C78AD" w14:textId="086E7CF9" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:after="80"/>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="002929F2">
-              <w:t xml:space="preserve">First </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">name: </w:t>
+              <w:t xml:space="preserve">Contact name: </w:t>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="F7"/>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0024196A">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0024196A">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0024196A">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0024196A">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0024196A">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0024196A" w:rsidRPr="002929F2">
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-            <w:r w:rsidR="00DC1F71">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="F8"/>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0024196A">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0024196A">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0024196A">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0024196A">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0024196A">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
-          <w:p w14:paraId="23A0FD67" w14:textId="46F6A45B" w:rsidR="476BB2A3" w:rsidRDefault="476BB2A3" w:rsidP="78312BAC">
+          <w:p w14:paraId="16CE51F4" w14:textId="0FC09527" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:after="80"/>
             </w:pPr>
-            <w:r>
-[...97 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="002929F2">
-              <w:t>A</w:t>
-[...2 lines deleted...]
-              <w:t>ddress</w:t>
+              <w:t>Contact address</w:t>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="F2"/>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
-                <w:noProof/>
-[...38 lines deleted...]
-              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
-            <w:r w:rsidR="003B2028" w:rsidRPr="002929F2">
+            <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="F9"/>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0024196A">
@@ -2453,254 +2342,244 @@
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
-          <w:p w14:paraId="6275E133" w14:textId="0486918E" w:rsidR="00C146FD" w:rsidRPr="002929F2" w:rsidRDefault="00C146FD" w:rsidP="00C146FD">
+          <w:p w14:paraId="042AAD99" w14:textId="3574C307" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="00E31EE2" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:after="80"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C146FD">
-[...4 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="f10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="9" w:name="f10"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="004733C1">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidR="003B2028" w:rsidRPr="002929F2">
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="f11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="10" w:name="f11"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="002929F2">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidR="003B2028" w:rsidRPr="002929F2">
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="f12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="11" w:name="f12"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -2724,595 +2603,474 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
-          <w:p w14:paraId="1C915292" w14:textId="1737194C" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="508F81C9" w:rsidP="00D23BA6">
+          <w:p w14:paraId="1C915292" w14:textId="2A51BA5E" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:after="80"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
-              <w:t>P</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">hone: </w:t>
+              <w:t xml:space="preserve">Contact phone: </w:t>
             </w:r>
             <w:r w:rsidR="00E31EE2">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="F13"/>
+            <w:bookmarkStart w:id="12" w:name="F13"/>
             <w:r w:rsidR="00E31EE2">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00E31EE2">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00E31EE2">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidR="00E31EE2">
               <w:rPr>
-                <w:noProof/>
-[...38 lines deleted...]
-              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
-          <w:p w14:paraId="251E80F5" w14:textId="37D229EA" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="76DBC7D1" w:rsidP="00D23BA6">
+          <w:p w14:paraId="251E80F5" w14:textId="48A80774" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:after="80"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
-              <w:t>E</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">-mail address: </w:t>
+              <w:t xml:space="preserve">Contact e-mail address: </w:t>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="F15"/>
+            <w:bookmarkStart w:id="13" w:name="F15"/>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidR="0024196A">
               <w:rPr>
-                <w:noProof/>
-[...38 lines deleted...]
-              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5490" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="5469" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="007CC618" w14:textId="2AFFDB15" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="0A3CCD4B" w:rsidP="00D23BA6">
+          <w:p w14:paraId="007CC618" w14:textId="4298097D" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:after="80"/>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-              <w:t>BOCES.)</w:t>
+            <w:r w:rsidRPr="002929F2">
+              <w:t>Contact information to be posted on SED’s website (if different)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1505E67F" w14:textId="08866F82" w:rsidR="003B2028" w:rsidRPr="00DC1F71" w:rsidRDefault="0DC2B9DA" w:rsidP="00D23BA6">
+          <w:p w14:paraId="1505E67F" w14:textId="14B12E7A" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:after="80"/>
             </w:pPr>
-            <w:r w:rsidRPr="00DC1F71">
-[...6 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="002929F2">
+              <w:t xml:space="preserve">Contact name: </w:t>
+            </w:r>
+            <w:r w:rsidR="00B33076">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="F16"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:bookmarkStart w:id="14" w:name="F16"/>
+            <w:r w:rsidR="00B33076">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B33076" w:rsidRPr="00DC1F71">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00B33076">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B33076">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B33076" w:rsidRPr="00DC1F71">
+            <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
-                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B33076" w:rsidRPr="00DC1F71">
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
-                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B33076" w:rsidRPr="00DC1F71">
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
-                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B33076" w:rsidRPr="00DC1F71">
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
-                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B33076" w:rsidRPr="00DC1F71">
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
-                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B33076">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r w:rsidR="00B33076">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DC1F71" w:rsidRPr="00DC1F71">
-[...9 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00B33076">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="F17"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:bookmarkStart w:id="15" w:name="F17"/>
+            <w:r w:rsidR="00B33076">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B33076" w:rsidRPr="00DC1F71">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00B33076">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B33076">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B33076" w:rsidRPr="00DC1F71">
+            <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
-                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B33076" w:rsidRPr="00DC1F71">
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
-                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B33076" w:rsidRPr="00DC1F71">
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
-                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B33076" w:rsidRPr="00DC1F71">
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
-                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B33076" w:rsidRPr="00DC1F71">
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
-                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B33076">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
-          <w:p w14:paraId="5855EED3" w14:textId="7751CBBB" w:rsidR="374624CA" w:rsidRDefault="374624CA" w:rsidP="78312BAC">
+          <w:p w14:paraId="5DC3A493" w14:textId="77777777" w:rsidR="00322E8A" w:rsidRDefault="003B2028" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:after="80"/>
-            </w:pPr>
-[...93 lines deleted...]
-              <w:spacing w:after="80"/>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
-              <w:t>P</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">hone: </w:t>
+              <w:t xml:space="preserve">Contact phone: </w:t>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="F18"/>
+            <w:bookmarkStart w:id="16" w:name="F18"/>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -3336,84 +3094,77 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
-          <w:p w14:paraId="35CFD486" w14:textId="202EC0F6" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="15018447" w:rsidP="0324E4DB">
+          <w:p w14:paraId="35CFD486" w14:textId="30B02351" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00D23BA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:spacing w:after="80"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
-              <w:t>E</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">-mail address: </w:t>
+              <w:t xml:space="preserve">Contact e-mail address: </w:t>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="F20"/>
+            <w:bookmarkStart w:id="17" w:name="F20"/>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -3437,1015 +3188,932 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B33076">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2028" w:rsidRPr="002929F2" w14:paraId="655446A1" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="003B2028" w:rsidRPr="002929F2" w14:paraId="655446A1" w14:textId="77777777" w:rsidTr="003C7A29">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0000FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31961299" w14:textId="77777777" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="00674521">
+          <w:p w14:paraId="31961299" w14:textId="77777777" w:rsidR="003B2028" w:rsidRPr="002929F2" w:rsidRDefault="003B2028" w:rsidP="003B2028">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">B. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t>Program Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B2028" w:rsidRPr="00001E83" w14:paraId="1312F8FE" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="003B2028" w:rsidRPr="00001E83" w14:paraId="1312F8FE" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D268C07" w14:textId="77777777" w:rsidR="003B2028" w:rsidRPr="00001E83" w:rsidRDefault="003B2028" w:rsidP="006B4CAE">
+          <w:p w14:paraId="6D268C07" w14:textId="77777777" w:rsidR="003B2028" w:rsidRPr="00001E83" w:rsidRDefault="003B2028" w:rsidP="003B2028">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:caps w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00001E83">
               <w:rPr>
                 <w:caps w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Coursework</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5413" w:type="dxa"/>
+            <w:tcW w:w="5641" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AD6E286" w14:textId="77777777" w:rsidR="003B2028" w:rsidRPr="00001E83" w:rsidRDefault="003B2028" w:rsidP="006B4CAE">
+          <w:p w14:paraId="7AD6E286" w14:textId="77777777" w:rsidR="003B2028" w:rsidRPr="00001E83" w:rsidRDefault="003B2028" w:rsidP="003B2028">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:caps w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00001E83">
               <w:rPr>
                 <w:caps w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Technical Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20BD23CB" w14:textId="77777777" w:rsidR="003B2028" w:rsidRPr="00001E83" w:rsidRDefault="003B2028" w:rsidP="006B4CAE">
+          <w:p w14:paraId="20BD23CB" w14:textId="77777777" w:rsidR="003B2028" w:rsidRPr="00001E83" w:rsidRDefault="003B2028" w:rsidP="003B2028">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:caps w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:caps w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Technical Endorsement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001826C2" w:rsidRPr="002929F2" w14:paraId="23F18B7B" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="001826C2" w:rsidRPr="002929F2" w14:paraId="23F18B7B" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="903"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08EDC1E6" w14:textId="0F6103D1" w:rsidR="003B2028" w:rsidRPr="009B4086" w:rsidRDefault="003B2028" w:rsidP="003F5D7B">
+          <w:p w14:paraId="08EDC1E6" w14:textId="0F6103D1" w:rsidR="003B2028" w:rsidRPr="009B4086" w:rsidRDefault="003B2028" w:rsidP="00DE4DF4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t>How many students have completed the coursework for this program of study since it was last approved or re-approved?  Please indicate totals by program year.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="243450CD" w14:textId="501C7E1C" w:rsidR="003B2028" w:rsidRPr="009B4086" w:rsidRDefault="005E41ED" w:rsidP="003F5D7B">
+          <w:p w14:paraId="243450CD" w14:textId="501C7E1C" w:rsidR="003B2028" w:rsidRPr="009B4086" w:rsidRDefault="005E41ED" w:rsidP="00DE4DF4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t>Of the total number of students who have completed the coursework, h</w:t>
             </w:r>
             <w:r w:rsidR="003B2028" w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t>ow many students completed the technical assessment used in this program?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="060C7D73" w14:textId="77777777" w:rsidR="003B2028" w:rsidRPr="009B4086" w:rsidRDefault="003B2028" w:rsidP="003F5D7B">
+          <w:p w14:paraId="060C7D73" w14:textId="77777777" w:rsidR="003B2028" w:rsidRPr="009B4086" w:rsidRDefault="003B2028" w:rsidP="00DE4DF4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="274"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t>Of the total number of students who have completed the technical assessment, how many passed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2835685D" w14:textId="77777777" w:rsidR="003B2028" w:rsidRPr="009B4086" w:rsidRDefault="003B2028" w:rsidP="003F5D7B">
+          <w:p w14:paraId="2835685D" w14:textId="77777777" w:rsidR="003B2028" w:rsidRPr="009B4086" w:rsidRDefault="003B2028" w:rsidP="00DE4DF4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="274"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t>How many students received a technical endorsement?</w:t>
+              <w:t xml:space="preserve">How many students received </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009B4086">
+              <w:rPr>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+              </w:rPr>
+              <w:t>a technical</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009B4086">
+              <w:rPr>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> endorsement?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="27BC6618" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="27BC6618" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40B1E0F2" w14:textId="616B3D7D" w:rsidR="00917159" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="40B1E0F2" w14:textId="68914EE2" w:rsidR="00917159" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>2021-2022</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="008C0465">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008C0465">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008C0465">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008C0465">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="008C0465">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="030F8C12" w14:textId="0739F14F" w:rsidR="00917159" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="030F8C12" w14:textId="00530969" w:rsidR="00917159" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>2021-2022</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="067D2E16" w14:textId="11088447" w:rsidR="00917159" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="067D2E16" w14:textId="70490646" w:rsidR="00917159" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>2021-2022</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B5DC788" w14:textId="694FFD18" w:rsidR="00917159" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="0B5DC788" w14:textId="7813A8CB" w:rsidR="00917159" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>2021-2022</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="32851A3B" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="32851A3B" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D02F058" w14:textId="6E321A4D" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="2D02F058" w14:textId="0D16B133" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00121F4F">
+            <w:r w:rsidR="00D9182A">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00121F4F">
+            <w:r w:rsidR="00D9182A">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159" w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
@@ -4464,163 +4132,136 @@
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64CB1E4F" w14:textId="25A1C1CD" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="64CB1E4F" w14:textId="0D580508" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>2022-2023</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159" w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_2"/>
@@ -4634,163 +4275,136 @@
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F569B55" w14:textId="28042129" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="5F569B55" w14:textId="2E21F2E8" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>2022-2023</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159" w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_2"/>
@@ -4804,163 +4418,136 @@
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1891F588" w14:textId="23C67481" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="1891F588" w14:textId="61E98D07" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>2022-2023</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159" w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_2"/>
@@ -4974,160 +4561,156 @@
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="3AE70D6A" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="3AE70D6A" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0770178D" w14:textId="1B3F472A" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="0770178D" w14:textId="03C6F61C" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00121F4F">
+            <w:r w:rsidR="00D9182A">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00121F4F">
+            <w:r w:rsidR="00D9182A">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -5139,2581 +4722,2239 @@
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7244280E" w14:textId="6D0E7665" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="7244280E" w14:textId="550840E7" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>2023-2024</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BC184E4" w14:textId="79C12B46" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="3BC184E4" w14:textId="21005F56" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>2023-2024</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A13F693" w14:textId="7F841A2C" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="0A13F693" w14:textId="5253206D" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>2023-2024</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="0CC8DDCE" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="0CC8DDCE" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60633C9E" w14:textId="4D0E3832" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="60633C9E" w14:textId="2C704388" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2024-2025</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A196E96" w14:textId="234EB689" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="5A196E96" w14:textId="26839833" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2024-2025</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CB44DA1" w14:textId="36ABF9C2" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="1CB44DA1" w14:textId="46D11C95" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2024-2025</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C12EADC" w14:textId="76DEC5F9" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="4C12EADC" w14:textId="0EE717C1" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2024-2025</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E06ED4" w:rsidRPr="002929F2" w14:paraId="2D2EB8F0" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00E06ED4" w:rsidRPr="002929F2" w14:paraId="2D2EB8F0" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
-          <w:trHeight w:val="214"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
+          <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1434BAC4" w14:textId="55E29E71" w:rsidR="00E06ED4" w:rsidRDefault="00E06ED4" w:rsidP="003F5D7B">
+          <w:p w14:paraId="1434BAC4" w14:textId="1E11D27F" w:rsidR="00E06ED4" w:rsidRDefault="00E06ED4" w:rsidP="00DE4DF4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Cumulative Total </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45EDB89C" w14:textId="24BEF6B3" w:rsidR="00E06ED4" w:rsidRDefault="00D444DE" w:rsidP="003F5D7B">
+          <w:p w14:paraId="45EDB89C" w14:textId="20D942A7" w:rsidR="00E06ED4" w:rsidRDefault="00D444DE" w:rsidP="00DE4DF4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Cumulative Total </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD0167B" w14:textId="047B1D6F" w:rsidR="00E06ED4" w:rsidRDefault="00D444DE" w:rsidP="003F5D7B">
+          <w:p w14:paraId="4BD0167B" w14:textId="02D69CE8" w:rsidR="00E06ED4" w:rsidRDefault="00D444DE" w:rsidP="00DE4DF4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="274"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Cumulative Total </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F66"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08FB5669" w14:textId="6FD47D9E" w:rsidR="00E06ED4" w:rsidRDefault="00D444DE" w:rsidP="003F5D7B">
+          <w:p w14:paraId="08FB5669" w14:textId="163A611A" w:rsidR="00E06ED4" w:rsidRDefault="00D444DE" w:rsidP="00DE4DF4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="274"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Cumulative Total </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00294A9A" w:rsidRPr="002929F2" w14:paraId="0E63F7C5" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00294A9A" w:rsidRPr="002929F2" w14:paraId="0E63F7C5" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
-          <w:trHeight w:val="731"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
+          <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="272D328A" w14:textId="4AA76ED4" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="00294A9A" w:rsidP="003F5D7B">
+          <w:p w14:paraId="272D328A" w14:textId="4AA76ED4" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="00294A9A" w:rsidP="008A7CF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="274"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve">Of the total number of students who have completed the coursework for this program of study, how many had IEPs?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DB6BBCD" w14:textId="4D3CA781" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="005E41ED" w:rsidP="003F5D7B">
+          <w:p w14:paraId="5DB6BBCD" w14:textId="4D3CA781" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="005E41ED" w:rsidP="00294A9A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t>Of the total number of students who have completed the coursework and completed</w:t>
             </w:r>
             <w:r w:rsidR="00294A9A" w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve"> the technical assessment, how many had IEPs?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="464F9518" w14:textId="77777777" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="00294A9A" w:rsidP="003F5D7B">
+          <w:p w14:paraId="464F9518" w14:textId="77777777" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="00294A9A" w:rsidP="00294A9A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t>Of the total number of students with IEPs who completed the technical assessment, how many passed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000657D3" w14:textId="70008C97" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="00294A9A" w:rsidP="003F5D7B">
+          <w:p w14:paraId="000657D3" w14:textId="70008C97" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="00294A9A" w:rsidP="00013D99">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t>Of those students who received the technical endorsement, how many had IEPs?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="6FD2F5AD" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="6FD2F5AD" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C26D1D4" w14:textId="2AAF5179" w:rsidR="00917159" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="0C26D1D4" w14:textId="56486D3B" w:rsidR="00917159" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>2021-2022</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="484C70CE" w14:textId="2FE0E48B" w:rsidR="00917159" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="484C70CE" w14:textId="3342005D" w:rsidR="00917159" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>2021-2022</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="379070EB" w14:textId="6AA25C40" w:rsidR="00917159" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="379070EB" w14:textId="6499670A" w:rsidR="00917159" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>2021-2022</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B48B84B" w14:textId="0759DDF3" w:rsidR="00917159" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="3B48B84B" w14:textId="29B448DA" w:rsidR="00917159" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>2021-2022</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="6C31C619" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="6C31C619" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BEB148B" w14:textId="4347D75A" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="4BEB148B" w14:textId="48B72A39" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>2022-2023</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159" w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_2"/>
@@ -7727,163 +6968,136 @@
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="147FFDBA" w14:textId="52FCA762" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="147FFDBA" w14:textId="4554E8C2" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>2022-2023</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159" w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_2"/>
@@ -7897,163 +7111,136 @@
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D358B43" w14:textId="5E10511A" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="0D358B43" w14:textId="682E6607" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>2022-2023</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159" w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_2"/>
@@ -8067,163 +7254,136 @@
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A2C2FC7" w14:textId="06B3C90B" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="5A2C2FC7" w14:textId="2B3B34E8" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>2022-2023</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159" w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_2"/>
@@ -8237,2740 +7397,2370 @@
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="6E0A374D" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="6E0A374D" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B557DFB" w14:textId="238C6CC9" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="6B557DFB" w14:textId="7E9DBD58" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>2023-2024</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49CEF84D" w14:textId="0224E43E" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="49CEF84D" w14:textId="39D3EAD1" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>2023-2024</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24186E07" w14:textId="71DFB818" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="24186E07" w14:textId="77978293" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>2023-2024</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5841C407" w14:textId="42DBA306" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="5841C407" w14:textId="65FF69D9" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>2023-2024</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="37D7CD0A" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00917159" w:rsidRPr="002929F2" w14:paraId="37D7CD0A" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22E33B9F" w14:textId="6ADB69EF" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="22E33B9F" w14:textId="36AF2C1C" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2024-2025</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0272F771" w14:textId="2AED2CD0" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="0272F771" w14:textId="0E5714EA" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2024-2025</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F8B51C4" w14:textId="49359F59" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="0F8B51C4" w14:textId="094FDEC2" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2024-2025</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ECC8A05" w14:textId="18BA9B24" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="6ECC8A05" w14:textId="16FD6CE2" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2024-2025</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D06F8B" w:rsidRPr="002929F2" w14:paraId="39167A30" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00D06F8B" w:rsidRPr="002929F2" w14:paraId="39167A30" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
-          <w:trHeight w:val="241"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
+          <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12EE82C2" w14:textId="74288D6E" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="12EE82C2" w14:textId="1E607768" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="008A7CF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="274"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Cumulative Total </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cwiep_total"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="631B0B57" w14:textId="72F5A51F" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="631B0B57" w14:textId="0289611E" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="00294A9A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Cumulative Total </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="taiep_total"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8EF1A8" w14:textId="42C968E4" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="1F8EF1A8" w14:textId="46AB0E46" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="00294A9A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Cumulative Total </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="tabiep_total"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49D986D5" w14:textId="4F0F25B3" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="003F5D7B">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="49D986D5" w14:textId="2222761A" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="00294A9A">
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Cumulative Total </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="teiep_total"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00294A9A" w:rsidRPr="00DA2661" w14:paraId="6925C692" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00294A9A" w:rsidRPr="00DA2661" w14:paraId="6925C692" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68C8D9F9" w14:textId="3A558016" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="00294A9A" w:rsidP="003F5D7B">
+          <w:p w14:paraId="68C8D9F9" w14:textId="3A558016" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="00294A9A" w:rsidP="00294A9A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve">Of the total number of students who have completed the coursework for this program of study, how many had Section 504 plans?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C5F0A9B" w14:textId="74EA7D3B" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="005E41ED" w:rsidP="003F5D7B">
+          <w:p w14:paraId="7C5F0A9B" w14:textId="74EA7D3B" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="005E41ED" w:rsidP="00294A9A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve">Of the total number of students who have completed the coursework and completed the technical assessment, </w:t>
             </w:r>
             <w:r w:rsidR="00294A9A" w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t>how many had Section 504 plans?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6526E4C0" w14:textId="77777777" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="00294A9A" w:rsidP="003F5D7B">
+          <w:p w14:paraId="6526E4C0" w14:textId="77777777" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="00294A9A" w:rsidP="00294A9A">
             <w:pPr>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t>Of the total number of students with Section 504 plans who completed the technical assessment, how many passed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2022911D" w14:textId="77777777" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="00294A9A" w:rsidP="003F5D7B">
+          <w:p w14:paraId="2022911D" w14:textId="77777777" w:rsidR="00294A9A" w:rsidRPr="009B4086" w:rsidRDefault="00294A9A" w:rsidP="00294A9A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B4086">
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t>Of those students who received the technical endorsement, how many had section 504 plans?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917159" w:rsidRPr="00DA2661" w14:paraId="246567A6" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00917159" w:rsidRPr="00DA2661" w14:paraId="246567A6" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E338F8D" w14:textId="4163CFCE" w:rsidR="00917159" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="1E338F8D" w14:textId="30CB7833" w:rsidR="00917159" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>2021-2022</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B16D290" w14:textId="2ABAAE77" w:rsidR="00917159" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="3B16D290" w14:textId="07FC4F78" w:rsidR="00917159" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>2021-2022</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7598BCF2" w14:textId="798A0718" w:rsidR="00917159" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="7598BCF2" w14:textId="7D2F3A24" w:rsidR="00917159" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>2021-2022</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F95798F" w14:textId="349625DB" w:rsidR="00917159" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="7F95798F" w14:textId="1ACA49F9" w:rsidR="00917159" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>2021-2022</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917159" w:rsidRPr="00DA2661" w14:paraId="69D0E74A" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00917159" w:rsidRPr="00DA2661" w14:paraId="69D0E74A" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E23E9DE" w14:textId="558DAAD5" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="4E23E9DE" w14:textId="42FB8E2D" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...21 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>2022-2023</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159" w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_2"/>
@@ -10984,163 +9774,136 @@
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52CFCA3B" w14:textId="3174B921" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="52CFCA3B" w14:textId="18043CAD" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>2022-2023</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159" w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_2"/>
@@ -11154,163 +9917,136 @@
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="088E1872" w14:textId="0BC63E97" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="088E1872" w14:textId="768B7AC6" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>2022-2023</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159" w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_2"/>
@@ -11324,163 +10060,136 @@
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E4C8D2D" w14:textId="423A4886" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="4E4C8D2D" w14:textId="60FCF81D" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>2022-2023</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159" w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_2"/>
@@ -11494,2115 +10203,1907 @@
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917159" w:rsidRPr="00DA2661" w14:paraId="1B6F115F" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00917159" w:rsidRPr="00DA2661" w14:paraId="1B6F115F" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79C3F7D7" w14:textId="23D8C72D" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="79C3F7D7" w14:textId="7442BF95" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>2023-2024</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E07FA80" w14:textId="080F3F05" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="6E07FA80" w14:textId="41FDD5CD" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>2023-2024</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4321E308" w14:textId="1B5D3DB2" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="4321E308" w14:textId="130C36E7" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>2023-2024</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="060F7E5B" w14:textId="4DAA91EA" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="060F7E5B" w14:textId="4384AA56" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>2023-2024</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00917159" w:rsidRPr="00DA2661" w14:paraId="4F08789B" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00917159" w:rsidRPr="00DA2661" w14:paraId="4F08789B" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66C70AC6" w14:textId="3B009F64" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="66C70AC6" w14:textId="12C69BEA" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2024-2025</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CF54A9B" w14:textId="2EF0193D" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="7CF54A9B" w14:textId="1477BEAA" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2024-2025</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="693C2619" w14:textId="6D21E668" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="693C2619" w14:textId="5E457275" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2024-2025</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="438E8EC8" w14:textId="2A748AE0" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="0031731B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="438E8EC8" w14:textId="5328D20F" w:rsidR="00917159" w:rsidRPr="00D06F8B" w:rsidRDefault="00D9182A" w:rsidP="00917159">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:spacing w:before="60"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...20 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2024-2025</w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw_4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00917159">
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00917159">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D06F8B" w:rsidRPr="00DA2661" w14:paraId="5D0DBD8F" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00D06F8B" w:rsidRPr="00DA2661" w14:paraId="5D0DBD8F" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
-          <w:trHeight w:val="241"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
+          <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2777" w:type="dxa"/>
+            <w:tcW w:w="2792" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="329540FF" w14:textId="72BA896D" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="329540FF" w14:textId="48278DA7" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="00294A9A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Cumulative Total </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="cw504_total"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2754" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2789" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22EB4A69" w14:textId="5A49E8D2" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="003F5D7B">
+          <w:p w14:paraId="22EB4A69" w14:textId="228BD5F2" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="00294A9A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Cumulative Total </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="ta504_total"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2659" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37925478" w14:textId="15F4CC1D" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="003F5D7B">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="37925478" w14:textId="0B46BBB7" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="00294A9A">
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Cumulative Total </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="tap504_total"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:tcW w:w="2704" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03BF4D86" w14:textId="0A389261" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="003F5D7B">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="03BF4D86" w14:textId="042A87DD" w:rsidR="00D06F8B" w:rsidRDefault="00D06F8B" w:rsidP="00294A9A">
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Cumulative Total </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="te504_total"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="009613F4">
+              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="210F1E28" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="210F1E28" w14:textId="77777777" w:rsidTr="003C7A29">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0000FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62F9B7DA" w14:textId="59B08D72" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00674521">
+          <w:p w14:paraId="62F9B7DA" w14:textId="59B08D72" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="004A5355">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">C. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t>Self-Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="3BEB80FD" w14:textId="77777777" w:rsidTr="00E027B1">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="3BEB80FD" w14:textId="77777777" w:rsidTr="00C833E7">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
+          <w:trHeight w:val="571"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C04B6F3" w14:textId="5C789FBA" w:rsidR="00F62FD0" w:rsidRPr="006F7B64" w:rsidRDefault="00E56EED" w:rsidP="006F7B64">
+          <w:p w14:paraId="2045538E" w14:textId="77777777" w:rsidR="00CF3C0F" w:rsidRDefault="00CF3C0F" w:rsidP="00764F4E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="9360"/>
+              </w:tabs>
+              <w:ind w:left="360" w:hanging="360"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C381E4B" w14:textId="45FF6639" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00764F4E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="360"/>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Complete the Self-Study Form C.   </w:t>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="F32"/>
+            <w:bookmarkStart w:id="18" w:name="F32"/>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="18"/>
+          </w:p>
+          <w:p w14:paraId="20D58CA0" w14:textId="77777777" w:rsidR="00F62FD0" w:rsidRDefault="00F62FD0" w:rsidP="00764F4E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="9360"/>
+              </w:tabs>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C04B6F3" w14:textId="2E80DE1B" w:rsidR="00F62FD0" w:rsidRPr="002929F2" w:rsidRDefault="00F62FD0" w:rsidP="0084730A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="9360"/>
+              </w:tabs>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="6CC92761" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="6CC92761" w14:textId="77777777" w:rsidTr="003C7A29">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0000FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54C03549" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00674521">
+          <w:p w14:paraId="54C03549" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="004A5355">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
+              <w:ind w:left="494"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Program </w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t>Content</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012039" w:rsidRPr="002929F2" w14:paraId="3C861CAF" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00012039" w:rsidRPr="002929F2" w14:paraId="3C861CAF" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="054B804F" w14:textId="02533B9F" w:rsidR="00012039" w:rsidRPr="002929F2" w:rsidRDefault="00012039" w:rsidP="00EF1684">
+          <w:p w14:paraId="054B804F" w14:textId="3DADE9DC" w:rsidR="00012039" w:rsidRPr="002929F2" w:rsidRDefault="00012039" w:rsidP="00012039">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Complete the Program Content Form D and the related information below. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
@@ -13611,69 +12112,70 @@
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE079F" w14:paraId="6B589393" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00DE079F" w14:paraId="6B589393" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07EF5DD0" w14:textId="309D7932" w:rsidR="00DE079F" w:rsidRDefault="00DE079F" w:rsidP="00EF1684">
+          <w:p w14:paraId="07EF5DD0" w14:textId="309D7932" w:rsidR="00DE079F" w:rsidRDefault="00DE079F" w:rsidP="00DE079F">
             <w:pPr>
-              <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00012039">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">How many total units of </w:t>
             </w:r>
             <w:r w:rsidRPr="00012039">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>credit</w:t>
             </w:r>
             <w:r w:rsidRPr="00012039">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma" w:cs="Tahoma"/>
@@ -13690,382 +12192,380 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00012039">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>    </w:t>
             </w:r>
             <w:r w:rsidR="009229B2">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="F31"/>
+            <w:bookmarkStart w:id="19" w:name="F31"/>
             <w:r w:rsidR="009229B2">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="009229B2">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="009229B2">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00212474">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009229B2">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidRPr="00012039">
               <w:rPr>
                 <w:rFonts w:eastAsia="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="09382306" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="09382306" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8280" w:type="dxa"/>
+            <w:tcW w:w="8951" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="dotted" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00073215" w14:textId="03367746" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00EF1684">
+          <w:p w14:paraId="00073215" w14:textId="03367746" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="345"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">ow is the content of Career and Financial Management delivered? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F18EE33" w14:textId="1C9E3F6F" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00EF1684">
+          <w:p w14:paraId="2F18EE33" w14:textId="1C9E3F6F" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="345"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">This one-half unit of instruction </w:t>
             </w:r>
             <w:r w:rsidR="00167F8C">
               <w:t>is</w:t>
             </w:r>
             <w:r w:rsidR="00167F8C" w:rsidRPr="002929F2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t>a required component of all CTE programs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1192" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="dotted" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24B28049" w14:textId="77777777" w:rsidR="00EF1684" w:rsidRDefault="00E56EED" w:rsidP="002F6EE9">
+          <w:p w14:paraId="3B9339EF" w14:textId="355C18DF" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>Embedded</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A76F890" w14:textId="2F09C40A" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="003E0E4E" w:rsidP="002F6EE9">
+          <w:p w14:paraId="6A76F890" w14:textId="6E4C8C34" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="003E0E4E" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="F21"/>
+            <w:bookmarkStart w:id="20" w:name="F21"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="C0C0C0"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35D72DA4" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="002F6EE9">
+          <w:p w14:paraId="35D72DA4" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002929F2">
               <w:t>Stand-alone</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="712A9236" w14:textId="285DB4DC" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="003E0E4E" w:rsidP="002F6EE9">
+          <w:p w14:paraId="712A9236" w14:textId="5E5EFB1D" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="003E0E4E" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="F22"/>
+            <w:bookmarkStart w:id="21" w:name="F22"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="4272E933" w14:textId="77777777" w:rsidTr="000B326B">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="4272E933" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcW w:w="4387" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49A444F7" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00EF1684">
+          <w:p w14:paraId="49A444F7" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>W</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">hich </w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>integrated</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve"> units of credit are you seeking re-approval for in this application?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="643F8EB2" w14:textId="77777777" w:rsidR="00EF1684" w:rsidRDefault="00E56EED" w:rsidP="002F6EE9">
+          <w:p w14:paraId="3DF6A2E1" w14:textId="000DCFD9" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="35"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>None</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39D361D6" w14:textId="52B77CE7" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="002F6EE9">
+          <w:p w14:paraId="39D361D6" w14:textId="171F6D86" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="35"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
@@ -14073,431 +12573,421 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1304" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43620874" w14:textId="77777777" w:rsidR="00EF1684" w:rsidRDefault="00E56EED" w:rsidP="002F6EE9">
+          <w:p w14:paraId="7D5D2F3F" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
-              <w:jc w:val="center"/>
+              <w:ind w:left="494"/>
             </w:pPr>
             <w:r>
               <w:t>ELA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AEA824A" w14:textId="6DC5412B" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="002F6EE9">
+          <w:p w14:paraId="7AEA824A" w14:textId="16ABDE5F" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
-              <w:jc w:val="center"/>
+              <w:ind w:left="494"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="F23"/>
+            <w:bookmarkStart w:id="22" w:name="F23"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC43461" w14:textId="77777777" w:rsidR="00EF1684" w:rsidRDefault="00E56EED" w:rsidP="002F6EE9">
+          <w:p w14:paraId="11953B36" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="56"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>Mathematics</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="250D3081" w14:textId="22144C6A" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="002F6EE9">
+          <w:p w14:paraId="250D3081" w14:textId="6339563D" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="56"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="F24"/>
+            <w:bookmarkStart w:id="23" w:name="F24"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1192" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55E509EB" w14:textId="77777777" w:rsidR="00EF1684" w:rsidRDefault="00E56EED" w:rsidP="002F6EE9">
+          <w:p w14:paraId="060A8CF3" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="72"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
-              <w:t>Science</w:t>
+              <w:t xml:space="preserve">Science </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DCDEFB6" w14:textId="3563EF6D" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="002F6EE9">
+          <w:p w14:paraId="5DCDEFB6" w14:textId="5ED6CC39" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="72"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="F25"/>
+            <w:bookmarkStart w:id="24" w:name="F25"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4072041D" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002F6EE9">
+          <w:p w14:paraId="4072041D" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>Social Studies</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7114B50F" w14:textId="421B6698" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="002F6EE9">
+          <w:p w14:paraId="7114B50F" w14:textId="421B6698" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="F26"/>
+            <w:bookmarkStart w:id="25" w:name="F26"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="5C7B8BDE" w14:textId="77777777" w:rsidTr="000B326B">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="5C7B8BDE" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcW w:w="4387" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6920F8" w14:textId="4FAA601A" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00EF1684">
+          <w:p w14:paraId="4D6920F8" w14:textId="4FAA601A" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="375"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
             </w:pPr>
             <w:r>
               <w:t>W</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">hich </w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>specialized</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve"> units of credit are you seeking re-approval for in this application?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1404" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5522A2F5" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="002F6EE9">
+          <w:p w14:paraId="5522A2F5" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>None</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CD27B2E" w14:textId="298A95FF" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E10A29" w:rsidP="002F6EE9">
+          <w:p w14:paraId="2CD27B2E" w14:textId="298A95FF" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E10A29" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
@@ -14505,1458 +12995,1576 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1304" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62067781" w14:textId="77777777" w:rsidR="00EF1684" w:rsidRDefault="00E56EED" w:rsidP="002F6EE9">
+          <w:p w14:paraId="21CC55F3" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>ELA</w:t>
+              <w:t xml:space="preserve"> ELA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="370A14A2" w14:textId="76F9A39B" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="002F6EE9">
+          <w:p w14:paraId="370A14A2" w14:textId="02AE6340" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="F27"/>
-            <w:r>
+            <w:bookmarkStart w:id="26" w:name="F27"/>
+            <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="0093374F">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18C65E06" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002F6EE9">
+          <w:p w14:paraId="18C65E06" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>Mathematics</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D11D77C" w14:textId="4D87C1CA" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="002F6EE9">
+          <w:p w14:paraId="0D11D77C" w14:textId="4D87C1CA" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="F28"/>
+            <w:bookmarkStart w:id="27" w:name="F28"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1192" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00847895" w14:textId="7CA7973E" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002F6EE9">
+          <w:p w14:paraId="00847895" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
-              <w:t>Science</w:t>
+              <w:t xml:space="preserve">Science </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75129902" w14:textId="0464519C" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="002F6EE9">
+          <w:p w14:paraId="75129902" w14:textId="0464519C" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="F29"/>
+            <w:bookmarkStart w:id="28" w:name="F29"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1006D488" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="766E02C9" w:rsidP="002F6EE9">
+          <w:p w14:paraId="1006D488" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="766E02C9" w:rsidP="6B9BA1C0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Social Studies</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34B9F1BC" w14:textId="2F995C40" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002F6EE9">
+          <w:p w14:paraId="34B9F1BC" w14:textId="2F995C40" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="6B9BA1C0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="6B9BA1C0">
               <w:rPr>
                 <w:color w:val="2B579A"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="6B9BA1C0">
               <w:rPr>
                 <w:color w:val="2B579A"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="6B9BA1C0">
               <w:rPr>
                 <w:color w:val="2B579A"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="6B9BA1C0">
               <w:rPr>
                 <w:color w:val="2B579A"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E05446">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="F30"/>
+            <w:bookmarkStart w:id="29" w:name="F30"/>
             <w:r w:rsidR="00E05446">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidR="00E05446">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00E05446">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00E05446">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="43076FCA" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="43076FCA" w14:textId="77777777" w:rsidTr="003C7A29">
         <w:trPr>
-          <w:trHeight w:val="364"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
+          <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0000FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2157DEB4" w14:textId="2A5FBFF5" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002F6EE9">
+          <w:p w14:paraId="2157DEB4" w14:textId="2A5FBFF5" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="004A5355">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t>. Work-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t>ased Learning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (WBL)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="4E902CF9" w14:textId="77777777" w:rsidTr="002B0B13">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="4E902CF9" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F586E67" w14:textId="29FB8592" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="0F586E67" w14:textId="120C9B96" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t>Complete the Work-Based Learning (WBL) Form E and the related information below</w:t>
             </w:r>
             <w:r w:rsidR="004A4BE6">
               <w:t xml:space="preserve"> for students in the </w:t>
             </w:r>
             <w:r w:rsidR="00A5420F">
               <w:t>cohort</w:t>
             </w:r>
             <w:r w:rsidR="005062A6">
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00A5420F">
               <w:t xml:space="preserve"> reported in Section B in this </w:t>
             </w:r>
             <w:r w:rsidR="004A4BE6">
               <w:t>approved program only</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00337B18">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
-                    <w:checked w:val="0"/>
+                    <w:checked/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="46BF37EF" w14:textId="77777777" w:rsidTr="000B326B">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="46BF37EF" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcW w:w="4387" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C1A3835" w14:textId="307D02CE" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="001D2811" w:rsidP="002B0B13">
+          <w:p w14:paraId="0C1A3835" w14:textId="307D02CE" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="001D2811" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t>Of the total number of students who have completed the coursework for this program of study, how many</w:t>
             </w:r>
             <w:r w:rsidR="00E56EED" w:rsidRPr="002929F2">
               <w:t xml:space="preserve"> participated in work-based learning?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2250" w:type="dxa"/>
+            <w:tcW w:w="2172" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="999999"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64EB045F" w14:textId="41F40319" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0031731B" w:rsidP="002B0B13">
+          <w:p w14:paraId="64EB045F" w14:textId="77F858DB" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0031731B" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00326294">
+            <w:r w:rsidR="00D9182A">
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00326294">
+            <w:r w:rsidR="00D9182A">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00021BFC" w:rsidRPr="002929F2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="WB1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="WB1"/>
+            <w:bookmarkStart w:id="30" w:name="WB1"/>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
-                <w:noProof/>
-[...38 lines deleted...]
-              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1980" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2584" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="999999"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="999999"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2713966B" w14:textId="08B4C0F0" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0031731B" w:rsidP="002B0B13">
+          <w:p w14:paraId="2713966B" w14:textId="24A9462A" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0031731B" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00326294">
+            <w:r w:rsidR="00D9182A">
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00326294">
+            <w:r w:rsidR="00D9182A">
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00021BFC" w:rsidRPr="002929F2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A003D">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="WB1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="001A003D">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="001A003D">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="001A003D">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A003D">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="357E3B8C" w14:textId="49CB1FC8" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00996B23" w:rsidP="00E56EED">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9360"/>
+              </w:tabs>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="F33"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="31" w:name="F33"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00441C34">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00441C34">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00441C34">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00441C34">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00441C34">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="31"/>
+            <w:r w:rsidR="001E54D7">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="F47"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="32" w:name="F47"/>
+            <w:r w:rsidR="001E54D7">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="001E54D7">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="001E54D7">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="001E54D7">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E54D7">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E54D7">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E54D7">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E54D7">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E54D7">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="32"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="621AED47" w14:textId="77777777" w:rsidTr="6325200F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
+          <w:trHeight w:val="84"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="30D1B001" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9360"/>
+              </w:tabs>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2172" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7759EA94" w14:textId="1D426B73" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0031731B" w:rsidP="00E56EED">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9360"/>
+              </w:tabs>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9182A">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9182A">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00743879">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A003D">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="WB1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="001A003D">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="001A003D">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="001A003D">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A003D">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2584" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F893643" w14:textId="26671D82" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0031731B" w:rsidP="00E56EED">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9360"/>
+              </w:tabs>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9182A">
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9182A">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00743879">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A003D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="001A003D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="001A003D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="001A003D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001A003D">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="001A003D">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="001A003D">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="001A003D">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="001A003D">
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001A003D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2430" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="1994" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="999999"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="357E3B8C" w14:textId="581D8D9C" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
-[...289 lines deleted...]
-          <w:p w14:paraId="5DF383FA" w14:textId="6FE38193" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="5DF383FA" w14:textId="0A794DED" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">Cumulative Total </w:t>
             </w:r>
             <w:r w:rsidR="00B47274">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F68"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="0"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="F68"/>
+            <w:bookmarkStart w:id="33" w:name="F68"/>
             <w:r w:rsidR="00B47274">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00B47274">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B47274">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00441C34">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
             <w:r w:rsidR="00B47274">
               <w:rPr>
-                <w:noProof/>
-[...38 lines deleted...]
-              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="1956491C" w14:textId="77777777" w:rsidTr="002B0B13">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="1956491C" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E0DA65E" w14:textId="742D23C1" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="3E0DA65E" w14:textId="742D23C1" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t>f the total number of students who have participated in work-based learning, how many participated in the following programs?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CB43B5E" w14:textId="28D8B7D8" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="2CB43B5E" w14:textId="46B535EC" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>For clarification, see</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
             <w:r w:rsidR="00882F04">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="00882F04">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>WBL manual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="002929F2">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="16B9FE81" w14:textId="77777777" w:rsidTr="002B0B13">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="16B9FE81" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5266" w:type="dxa"/>
+            <w:tcW w:w="5313" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="012A5EBF" w14:textId="257E2B69" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="012A5EBF" w14:textId="257E2B69" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>New York State</w:t>
             </w:r>
             <w:r w:rsidRPr="005371D9">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Registered Program</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Enrollments</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06382273" w14:textId="4A296D89" w:rsidR="00E56EED" w:rsidRPr="00616F4E" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="06382273" w14:textId="4A296D89" w:rsidR="00E56EED" w:rsidRPr="00616F4E" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00616F4E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t>include expiration date</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5624" w:type="dxa"/>
+            <w:tcW w:w="5824" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="328E4356" w14:textId="1E063CFC" w:rsidR="00E56EED" w:rsidRPr="005371D9" w:rsidRDefault="00FB28AB" w:rsidP="002B0B13">
+          <w:p w14:paraId="328E4356" w14:textId="1E063CFC" w:rsidR="00E56EED" w:rsidRPr="005371D9" w:rsidRDefault="00FB28AB" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Unregistered</w:t>
             </w:r>
             <w:r w:rsidR="00D45A46" w:rsidRPr="005371D9">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E56EED" w:rsidRPr="005371D9">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>WBL Experiences</w:t>
             </w:r>
             <w:r w:rsidR="00E56EED">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Enrollments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="1FE49BA5" w14:textId="77777777" w:rsidTr="000B326B">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="1FE49BA5" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcW w:w="4387" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="999999"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7865608B" w14:textId="4B8B5511" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="7865608B" w14:textId="4B8B5511" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>Cooperative CTE Work Experience Program</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t>(CO-OP)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Expiration date: </w:t>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="F35"/>
+            <w:bookmarkStart w:id="34" w:name="F35"/>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -15980,359 +14588,353 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="999999"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6435B1D9" w14:textId="6C86E7F0" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="002B0B13">
+          <w:p w14:paraId="6435B1D9" w14:textId="7600D9D8" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="0"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="F38"/>
+            <w:bookmarkStart w:id="35" w:name="F38"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2024" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AF4CDAF" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="7AF4CDAF" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t>School-based enterprise</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C83BC72" w14:textId="09992DD7" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="002B0B13">
+          <w:p w14:paraId="1C83BC72" w14:textId="6324CE6F" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="F39"/>
+            <w:bookmarkStart w:id="36" w:name="F39"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="999999"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04E11D49" w14:textId="37740E87" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="04E11D49" w14:textId="37740E87" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Supervised clinical experience </w:t>
             </w:r>
             <w:r w:rsidR="27622A82">
               <w:t xml:space="preserve">(Health Sciences </w:t>
             </w:r>
             <w:r w:rsidR="27622A82" w:rsidRPr="003B468D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>requirement</w:t>
             </w:r>
             <w:r w:rsidR="27622A82">
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r>
               <w:t>(please submit a copy of the current affiliation agreement</w:t>
             </w:r>
             <w:r w:rsidR="6FC5D193">
               <w:t>(s)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> with application)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcW w:w="630" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="999999"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4B2D3204" w14:textId="60DF9EF5" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="0"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="F45"/>
+            <w:bookmarkStart w:id="37" w:name="F45"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -16356,102 +14958,103 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="5C783226" w14:textId="77777777" w:rsidTr="000B326B">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="5C783226" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="957"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcW w:w="4387" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28DB9984" w14:textId="4D9CA7BC" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="28DB9984" w14:textId="4D9CA7BC" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>Career Exploration Internship Program (CEIP)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2033DAC4" w14:textId="10372592" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="2033DAC4" w14:textId="10372592" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Expiration date: </w:t>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="F36"/>
+            <w:bookmarkStart w:id="38" w:name="F36"/>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -16475,86 +15078,85 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0093374F">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="926" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="005C522C" w14:textId="6D8FD9D8" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="002B0B13">
+          <w:p w14:paraId="005C522C" w14:textId="6D8FD9D8" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="0"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="F41"/>
+            <w:bookmarkStart w:id="39" w:name="F41"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -16578,110 +15180,108 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2024" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70C9019A" w14:textId="03BCF0D4" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00D006B9" w:rsidP="002B0B13">
+          <w:p w14:paraId="70C9019A" w14:textId="03BCF0D4" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00D006B9" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t>Industry-based</w:t>
             </w:r>
             <w:r w:rsidR="00E56EED" w:rsidRPr="002929F2">
               <w:t xml:space="preserve"> projects</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A4F63CF" w14:textId="5B5F8C72" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="002B0B13">
+          <w:p w14:paraId="6A4F63CF" w14:textId="5B5F8C72" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="0093374F" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="0"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="F43"/>
+            <w:bookmarkStart w:id="40" w:name="F43"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -16705,133 +15305,124 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02B4F5F6" w14:textId="103ECFE4" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="02B4F5F6" w14:textId="103ECFE4" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcW w:w="630" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="734C9836" w14:textId="096D1144" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317A23" w:rsidRPr="002929F2" w14:paraId="19137981" w14:textId="77777777" w:rsidTr="000B326B">
+      <w:tr w:rsidR="00317A23" w:rsidRPr="002929F2" w14:paraId="19137981" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcW w:w="4387" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="014FCD5E" w14:textId="77777777" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="002B0B13">
+          <w:p w14:paraId="014FCD5E" w14:textId="77777777" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>General Education Work Experience Program (GEWEP)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Expiration date: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="F37"/>
+            <w:bookmarkStart w:id="41" w:name="F37"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -16856,94 +15447,92 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
-          <w:p w14:paraId="39C3BC44" w14:textId="7A8060CD" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="002B0B13">
+          <w:bookmarkEnd w:id="41"/>
+          <w:p w14:paraId="39C3BC44" w14:textId="7A8060CD" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="926" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="596DEE5A" w14:textId="4BF9C639" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00ED2BD1" w:rsidP="002B0B13">
+          <w:p w14:paraId="596DEE5A" w14:textId="4BF9C639" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00ED2BD1" w:rsidP="009433E4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="0"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="F44"/>
+            <w:bookmarkStart w:id="42" w:name="F44"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -16967,243 +15556,240 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2024" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="695DC6D6" w14:textId="7DAD38A4" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="002B0B13">
+          <w:p w14:paraId="695DC6D6" w14:textId="7DAD38A4" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t>Job shadowing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DA1FF45" w14:textId="5A981D86" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="002B0B13">
+          <w:p w14:paraId="4DA1FF45" w14:textId="1076CA05" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F40"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="0"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="F40"/>
+            <w:bookmarkStart w:id="43" w:name="F40"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C37849">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="43"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="999999"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5ACAD9C0" w14:textId="705E57A0" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="002B0B13">
+          <w:p w14:paraId="5ACAD9C0" w14:textId="705E57A0" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Unregistered </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t>chool-year</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="002929F2">
               <w:t>/summer internships</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcW w:w="630" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="999999"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="331072DE" w14:textId="4B587CD6" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="0"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="F48"/>
+            <w:bookmarkStart w:id="44" w:name="F48"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -17227,154 +15813,146 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="44"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00317A23" w:rsidRPr="002929F2" w14:paraId="5A5BCD8F" w14:textId="77777777" w:rsidTr="000B326B">
+      <w:tr w:rsidR="00317A23" w:rsidRPr="002929F2" w14:paraId="5A5BCD8F" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcW w:w="4387" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2ED2A05F" w14:textId="77777777" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1036" w:type="dxa"/>
+            <w:tcW w:w="926" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="112F45E4" w14:textId="42A0D330" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2024" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D98E57D" w14:textId="7CBF85BB" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="002B0B13">
+          <w:p w14:paraId="5D98E57D" w14:textId="7CBF85BB" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>Community service/</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> volunteering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DA8C5F3" w14:textId="03C21BF9" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="002B0B13">
+          <w:p w14:paraId="4DA8C5F3" w14:textId="03C21BF9" w:rsidR="00317A23" w:rsidRPr="002929F2" w:rsidRDefault="00317A23" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1901"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="0"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="F46"/>
+            <w:bookmarkStart w:id="45" w:name="F46"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -17398,99 +15976,98 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="45"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2880" w:type="dxa"/>
+            <w:tcW w:w="2752" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39E38FEB" w14:textId="35D64BAD" w:rsidR="00317A23" w:rsidRDefault="00317A23" w:rsidP="002B0B13">
+          <w:p w14:paraId="39E38FEB" w14:textId="77777777" w:rsidR="00317A23" w:rsidRDefault="00317A23" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1901"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
-              <w:t>Other (please explain</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Other (please explain)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002929F2">
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="F49"/>
+            <w:bookmarkStart w:id="46" w:name="F49"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -17514,69 +16091,69 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
+            <w:bookmarkEnd w:id="46"/>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="F64"/>
+            <w:bookmarkStart w:id="47" w:name="F64"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -17600,685 +16177,694 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="47"/>
           </w:p>
-          <w:p w14:paraId="5EBED770" w14:textId="5140B16D" w:rsidR="00F570D0" w:rsidRPr="002929F2" w:rsidRDefault="00F570D0" w:rsidP="002B0B13">
+          <w:p w14:paraId="5EBED770" w14:textId="5140B16D" w:rsidR="00F570D0" w:rsidRPr="002929F2" w:rsidRDefault="00F570D0" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1901"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="3C5E8B79" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="3C5E8B79" w14:textId="77777777" w:rsidTr="003C7A29">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0000FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EE9DA0B" w14:textId="4F378A2F" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="004A5355">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t>. Employability Profile</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="01B77CF8" w14:textId="77777777" w:rsidTr="00E027B1">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="01B77CF8" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
-          <w:trHeight w:val="301"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
+          <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="754F63E0" w14:textId="41FA6080" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Complete the Employability Profile Form F.  </w:t>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="43" w:name="F50"/>
+            <w:bookmarkStart w:id="48" w:name="F50"/>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="48"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="7BF6F9D8" w14:textId="77777777" w:rsidTr="00E027B1">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="7BF6F9D8" w14:textId="77777777" w:rsidTr="003C7A29">
         <w:trPr>
-          <w:trHeight w:val="319"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
+          <w:trHeight w:val="363"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0000FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB14D80" w14:textId="7F7E89AC" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E027B1">
+          <w:p w14:paraId="1BB14D80" w14:textId="7F7E89AC" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Technical Assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="2FFF3632" w14:textId="77777777" w:rsidTr="002B0B13">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="2FFF3632" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
-          <w:trHeight w:val="1215"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
+          <w:trHeight w:val="1578"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="569135E6" w14:textId="14E194C9" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="2D158DBB" w14:textId="77777777" w:rsidR="00A73D14" w:rsidRDefault="00A73D14" w:rsidP="00764F4E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:after="80"/>
+              <w:spacing w:after="120"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="569135E6" w14:textId="14E194C9" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00764F4E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9360"/>
+              </w:tabs>
+              <w:spacing w:after="120"/>
             </w:pPr>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">rovide name of vendor, agency or consortium that developed </w:t>
             </w:r>
             <w:r>
               <w:t>the (A) written and (B) performance pa</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t>rt of the technical assessment</w:t>
             </w:r>
             <w:r>
               <w:t>. Provide a brief description of (C) locally developed project/portfolio.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76805852" w14:textId="5B288C90" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="76805852" w14:textId="1B7907A3" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00764F4E">
             <w:pPr>
-              <w:spacing w:after="80"/>
+              <w:spacing w:after="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">A. </w:t>
             </w:r>
             <w:r w:rsidR="00A84B06">
               <w:t>Third</w:t>
             </w:r>
             <w:r w:rsidR="006D4D4D">
               <w:t xml:space="preserve"> party, industry-developed w</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">ritten examination(s) </w:t>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="f53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="44" w:name="f53"/>
+            <w:bookmarkStart w:id="49" w:name="f53"/>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
-                <w:noProof/>
-[...38 lines deleted...]
-              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
+            <w:bookmarkEnd w:id="49"/>
           </w:p>
-          <w:p w14:paraId="244C692F" w14:textId="3DA54F52" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="244C692F" w14:textId="1F92971B" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00764F4E">
             <w:pPr>
-              <w:spacing w:after="80"/>
+              <w:spacing w:after="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">B. </w:t>
             </w:r>
             <w:r w:rsidR="00C53459">
               <w:t>Third party, industry-developed s</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t>tudent demonstration(s) of technical skills</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (performance) </w:t>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="f54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="f54"/>
+            <w:bookmarkStart w:id="50" w:name="f54"/>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
-                <w:noProof/>
-[...38 lines deleted...]
-              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkEnd w:id="50"/>
           </w:p>
-          <w:p w14:paraId="23D4A65E" w14:textId="792E5891" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="23D4A65E" w14:textId="19A78DDB" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00764F4E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:after="80"/>
+              <w:spacing w:after="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">C. Locally developed project/portfolio </w:t>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="f55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="46" w:name="f55"/>
+            <w:bookmarkStart w:id="51" w:name="f55"/>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
-                <w:noProof/>
-[...38 lines deleted...]
-              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
+            <w:bookmarkEnd w:id="51"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="147A94BB" w14:textId="77777777" w:rsidTr="002B0B13">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="147A94BB" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
-          <w:trHeight w:val="426"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
+          <w:trHeight w:val="471"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="385448D3" w14:textId="78A6E299" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>Note: Consortium developed assessments are allowed only when no technical examination exists in a particular field; the assessment must include written examination(s)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t>student demonstration(s) of technical skills</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> and student project(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t>Students must pass all three parts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="056CA4F9" w14:textId="77777777" w:rsidTr="00E027B1">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="056CA4F9" w14:textId="77777777" w:rsidTr="003C7A29">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0000FF"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA887C0" w14:textId="569678FC" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E027B1">
+          <w:p w14:paraId="3DA887C0" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:pStyle w:val="Centered"/>
               <w:tabs>
                 <w:tab w:val="num" w:pos="360"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="002929F2">
+              <w:br w:type="page"/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Postsecondary </w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Articulation Agreement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="3D1FF2A2" w14:textId="77777777" w:rsidTr="002B0B13">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="3D1FF2A2" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34019E3A" w14:textId="7DA4404D" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="34019E3A" w14:textId="4B26A0F6" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:pStyle w:val="Centered"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8395"/>
                 <w:tab w:val="left" w:pos="9000"/>
               </w:tabs>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Complete the Postsecondary Articulation Agreement Form H and the related information below.</w:t>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F50"/>
                   <w:enabled/>
@@ -18299,967 +16885,1015 @@
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="43E92CD1" w14:textId="77777777" w:rsidTr="002B0B13">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="43E92CD1" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
+            <w:tcW w:w="11137" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEF3C4E" w14:textId="141ABA53" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="1BEF3C4E" w14:textId="43883501" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00764F4E">
             <w:pPr>
               <w:pStyle w:val="Centered"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="7560"/>
                 <w:tab w:val="left" w:pos="8395"/>
                 <w:tab w:val="left" w:pos="9000"/>
               </w:tabs>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>W</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t>ith wh</w:t>
             </w:r>
             <w:r>
               <w:t>ich</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve"> postsecondary </w:t>
             </w:r>
             <w:r w:rsidR="008F4567">
               <w:t>partner</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">(s) do you have an articulation agreement? </w:t>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="f56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="47" w:name="f56"/>
+            <w:bookmarkStart w:id="52" w:name="f56"/>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C37849">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
-                <w:noProof/>
-[...38 lines deleted...]
-              <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
+            <w:bookmarkEnd w:id="52"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="52235237" w14:textId="77777777" w:rsidTr="000B326B">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="52235237" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
-          <w:trHeight w:val="435"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="27" w:type="dxa"/>
+          <w:trHeight w:val="534"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcW w:w="4387" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="dotted" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63691568" w14:textId="79DC7BEC" w:rsidR="00C64D28" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="63691568" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:pStyle w:val="Centered"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="375"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>W</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t>hat are the benefits to the student?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1281" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="dotted" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="dotted" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03C471ED" w14:textId="77777777" w:rsidR="002B0B13" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="51671B8F" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>College credit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B99228C" w14:textId="07DB5123" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00863FA1" w:rsidP="002B0B13">
+          <w:p w14:paraId="7B99228C" w14:textId="6449259D" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
+              <w:pStyle w:val="Centered"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
-              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002929F2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="f57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="f57"/>
-            <w:r>
+            <w:bookmarkStart w:id="53" w:name="f57"/>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00863FA1">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
+            <w:bookmarkEnd w:id="53"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2016" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="dotted" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="dotted" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="269D9E6E" w14:textId="77777777" w:rsidR="002B0B13" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="3CCF60C0" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>Advanced standing</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ABF8462" w14:textId="684127B8" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00863FA1" w:rsidP="002B0B13">
+          <w:p w14:paraId="7ABF8462" w14:textId="7A70759F" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
+              <w:pStyle w:val="Centered"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
-              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002929F2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="f58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="49" w:name="f58"/>
-            <w:r>
+            <w:bookmarkStart w:id="54" w:name="f58"/>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00863FA1">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="49"/>
+            <w:bookmarkEnd w:id="54"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1580" w:type="dxa"/>
+            <w:tcW w:w="1507" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="dotted" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="dotted" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03AB963E" w14:textId="77777777" w:rsidR="002B0B13" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="20468D41" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>Reduced tuition</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DA5AE96" w14:textId="548B6B98" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00863FA1" w:rsidP="002B0B13">
+          <w:p w14:paraId="4DA5AE96" w14:textId="66EA9080" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
+              <w:pStyle w:val="Centered"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
-              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002929F2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="f59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="50" w:name="f59"/>
-            <w:r>
+            <w:bookmarkStart w:id="55" w:name="f59"/>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00863FA1">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="50"/>
+            <w:bookmarkEnd w:id="55"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1894" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2164" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="dotted" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="724501EF" w14:textId="77777777" w:rsidR="002B0B13" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="68277E44" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
-              <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t>Other, please specify</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E23E55F" w14:textId="7FEA5EDB" w:rsidR="00F42B22" w:rsidRPr="002929F2" w:rsidRDefault="00863FA1" w:rsidP="002B0B13">
+          <w:p w14:paraId="0181B01A" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
+              <w:pStyle w:val="Centered"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
-              <w:spacing w:before="40" w:after="40"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="002929F2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="f60"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="51" w:name="f60"/>
-            <w:r>
+            <w:bookmarkStart w:id="56" w:name="f60"/>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00863FA1">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="51"/>
-            <w:r w:rsidR="00E56EED" w:rsidRPr="002929F2">
+            <w:bookmarkEnd w:id="56"/>
+            <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="f61"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="52" w:name="f61"/>
-            <w:r>
+            <w:bookmarkStart w:id="57" w:name="f61"/>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00863FA1">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="52"/>
+            <w:bookmarkEnd w:id="57"/>
+          </w:p>
+          <w:p w14:paraId="4E23E55F" w14:textId="5F6594A5" w:rsidR="00F42B22" w:rsidRPr="002929F2" w:rsidRDefault="00F42B22" w:rsidP="00E56EED">
+            <w:pPr>
+              <w:pStyle w:val="Centered"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9360"/>
+              </w:tabs>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="533CFEAF" w14:textId="77777777" w:rsidTr="002B0B13">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="533CFEAF" w14:textId="77777777" w:rsidTr="003C7A29">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
-            <w:gridSpan w:val="19"/>
+            <w:tcW w:w="11164" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0000FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3015E69E" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="3015E69E" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="004A5355">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:caps w:val="0"/>
               </w:rPr>
               <w:t>Faculty</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="2B8300C3" w14:textId="77777777" w:rsidTr="002B0B13">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="2B8300C3" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
-          <w:trHeight w:val="301"/>
+          <w:trHeight w:val="553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
-            <w:gridSpan w:val="19"/>
+            <w:tcW w:w="11164" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A30C1AE" w14:textId="59A0ADF1" w:rsidR="00A73D14" w:rsidRPr="006F7B64" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="018999EA" w14:textId="77777777" w:rsidR="00A73D14" w:rsidRDefault="00A73D14" w:rsidP="00E8443F">
             <w:pPr>
               <w:pStyle w:val="Centered"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="9360"/>
               </w:tabs>
               <w:jc w:val="left"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:lastRenderedPageBreak/>
+          </w:p>
+          <w:p w14:paraId="09761462" w14:textId="3DE9F1F7" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00E8443F">
+            <w:pPr>
+              <w:pStyle w:val="Centered"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="9360"/>
+              </w:tabs>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:t xml:space="preserve">Complete the Faculty Certifications Form I.   </w:t>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="53" w:name="F51"/>
+            <w:bookmarkStart w:id="58" w:name="F51"/>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="53"/>
+            <w:bookmarkEnd w:id="58"/>
+          </w:p>
+          <w:p w14:paraId="44636061" w14:textId="77777777" w:rsidR="00A73D14" w:rsidRDefault="00A73D14" w:rsidP="00E8443F">
+            <w:pPr>
+              <w:pStyle w:val="Centered"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="9360"/>
+              </w:tabs>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A30C1AE" w14:textId="473B0143" w:rsidR="00A73D14" w:rsidRPr="002929F2" w:rsidRDefault="00A73D14" w:rsidP="00E8443F">
+            <w:pPr>
+              <w:pStyle w:val="Centered"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="360"/>
+                <w:tab w:val="left" w:pos="9360"/>
+              </w:tabs>
+              <w:jc w:val="left"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="00AC5A1E" w14:paraId="14BABFA4" w14:textId="77777777" w:rsidTr="002B0B13">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="00AC5A1E" w14:paraId="14BABFA4" w14:textId="77777777" w:rsidTr="003C7A29">
         <w:trPr>
-          <w:trHeight w:val="274"/>
+          <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
-            <w:gridSpan w:val="19"/>
+            <w:tcW w:w="11164" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0000FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BC0F66E" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="00AC5A1E" w:rsidRDefault="00E56EED" w:rsidP="002B0B13">
+          <w:p w14:paraId="5BC0F66E" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="00AC5A1E" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC5A1E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>J. E</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>xternal Review Committee</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="29926C8F" w14:textId="77777777" w:rsidTr="002B0B13">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="29926C8F" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
-          <w:trHeight w:val="319"/>
+          <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
-            <w:gridSpan w:val="19"/>
+            <w:tcW w:w="11164" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B56BCB6" w14:textId="02E8F466" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Complete the External Review Committee Form J. </w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F62"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:size w:val="16"/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="54" w:name="F62"/>
+            <w:bookmarkStart w:id="59" w:name="F62"/>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00A1731D">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="54"/>
+            <w:bookmarkEnd w:id="59"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="5A7D805C" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="002929F2" w14:paraId="5A7D805C" w14:textId="77777777" w:rsidTr="003C7A29">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
-            <w:gridSpan w:val="19"/>
+            <w:tcW w:w="11164" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0000FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="715B66A3" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00E56EED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Chief Administrator’s Certification</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E56EED" w:rsidRPr="0090679F" w14:paraId="274D964D" w14:textId="77777777" w:rsidTr="00347D0E">
+      <w:tr w:rsidR="00E56EED" w:rsidRPr="0090679F" w14:paraId="274D964D" w14:textId="77777777" w:rsidTr="6325200F">
         <w:trPr>
           <w:trHeight w:val="1614"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10890" w:type="dxa"/>
-            <w:gridSpan w:val="19"/>
+            <w:tcW w:w="11164" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1BB24116" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00DE4DF4">
             <w:pPr>
               <w:pBdr>
                 <w:left w:val="single" w:sz="18" w:space="4" w:color="auto"/>
                 <w:right w:val="single" w:sz="18" w:space="4" w:color="auto"/>
               </w:pBdr>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">I hereby certify that all components of the Career and Technical Education Program reported herein are available to students upon approval of this application by the State Education Department.  I certify that data on student progress and performance to evaluate student success on </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="002929F2">
               <w:t>Regents</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve"> examinations or approved alternatives, technical assessments, and placement in employment, the military or postsecondary education programs will be made available to the State Education Department upon request.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20779F8B" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00DE4DF4">
             <w:pPr>
               <w:pBdr>
                 <w:left w:val="single" w:sz="18" w:space="4" w:color="auto"/>
                 <w:right w:val="single" w:sz="18" w:space="4" w:color="auto"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="283053F7" w14:textId="731E8203" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00DE4DF4">
+          <w:p w14:paraId="283053F7" w14:textId="49DE96D4" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00DE4DF4">
             <w:pPr>
               <w:pBdr>
                 <w:left w:val="single" w:sz="18" w:space="4" w:color="auto"/>
                 <w:right w:val="single" w:sz="18" w:space="4" w:color="auto"/>
               </w:pBdr>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">Name </w:t>
             </w:r>
             <w:r w:rsidR="00B03BD0">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="55" w:name="F42"/>
+            <w:bookmarkStart w:id="60" w:name="F42"/>
             <w:r w:rsidR="00B03BD0">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00B03BD0">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B03BD0">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B03BD0">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -19283,68 +17917,68 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B03BD0">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B03BD0">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B03BD0">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="55"/>
+            <w:bookmarkEnd w:id="60"/>
             <w:r w:rsidR="00B03BD0">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B03BD0" w:rsidRPr="00B03BD0">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="F34"/>
                   <w:enabled w:val="0"/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="F34"/>
+            <w:bookmarkStart w:id="61" w:name="F34"/>
             <w:r w:rsidR="00B03BD0" w:rsidRPr="00B03BD0">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00B03BD0" w:rsidRPr="00B03BD0">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B03BD0" w:rsidRPr="00B03BD0">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B03BD0" w:rsidRPr="00B03BD0">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B03BD0" w:rsidRPr="00B03BD0">
@@ -19359,51 +17993,51 @@
                 <w:noProof/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B03BD0" w:rsidRPr="00B03BD0">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B03BD0" w:rsidRPr="00B03BD0">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B03BD0" w:rsidRPr="00B03BD0">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="56"/>
+            <w:bookmarkEnd w:id="61"/>
             <w:r w:rsidRPr="002929F2">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="002929F2">
               <w:tab/>
               <w:t xml:space="preserve">Title </w:t>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -19542,86 +18176,341 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00863FA1">
               <w:rPr>
                 <w:color w:val="2B579A"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="F69"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="62" w:name="F69"/>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="62"/>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="F14"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="63" w:name="F14"/>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="63"/>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="F19"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="64" w:name="F19"/>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57813">
+              <w:rPr>
+                <w:color w:val="2B579A"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="64"/>
           </w:p>
-          <w:p w14:paraId="08E1E243" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRDefault="00E56EED" w:rsidP="00DE4DF4">
+          <w:p w14:paraId="6111F49C" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00DE4DF4">
             <w:pPr>
               <w:pBdr>
                 <w:left w:val="single" w:sz="18" w:space="4" w:color="auto"/>
                 <w:right w:val="single" w:sz="18" w:space="4" w:color="auto"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0DD4A3B6" w14:textId="77777777" w:rsidR="00B301B2" w:rsidRPr="002929F2" w:rsidRDefault="00B301B2" w:rsidP="00DE4DF4">
+          <w:p w14:paraId="08E1E243" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="002929F2" w:rsidRDefault="00E56EED" w:rsidP="00DE4DF4">
             <w:pPr>
               <w:pBdr>
                 <w:left w:val="single" w:sz="18" w:space="4" w:color="auto"/>
                 <w:right w:val="single" w:sz="18" w:space="4" w:color="auto"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5CB1D2CB" w14:textId="375A690C" w:rsidR="00E56EED" w:rsidRPr="008002A6" w:rsidRDefault="00E56EED" w:rsidP="00DE4DF4">
+          <w:p w14:paraId="5CB1D2CB" w14:textId="45E07A20" w:rsidR="00E56EED" w:rsidRPr="008002A6" w:rsidRDefault="00E56EED" w:rsidP="00DE4DF4">
             <w:pPr>
               <w:pBdr>
                 <w:left w:val="single" w:sz="18" w:space="4" w:color="auto"/>
                 <w:right w:val="single" w:sz="18" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002929F2">
               <w:t xml:space="preserve">Signature of </w:t>
             </w:r>
             <w:r w:rsidR="009561AF">
               <w:t>Superintendent</w:t>
             </w:r>
-            <w:r w:rsidR="002B0B13">
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008002A6">
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:tab/>
             </w:r>
             <w:r w:rsidR="008002A6">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="008002A6">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="008002A6">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="008002A6">
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -19652,520 +18541,488 @@
           </w:p>
           <w:p w14:paraId="2CF0A744" w14:textId="77777777" w:rsidR="00E56EED" w:rsidRPr="003C0889" w:rsidRDefault="00E56EED" w:rsidP="00B03BD0">
             <w:pPr>
               <w:pBdr>
                 <w:left w:val="single" w:sz="18" w:space="4" w:color="auto"/>
                 <w:right w:val="single" w:sz="18" w:space="4" w:color="auto"/>
               </w:pBdr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="352EA923" w14:textId="2B03E4B8" w:rsidR="00202316" w:rsidRPr="00202316" w:rsidRDefault="00202316" w:rsidP="00B649F5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19E2399B" w14:textId="04F7899C" w:rsidR="000006F9" w:rsidRDefault="000006F9" w:rsidP="00BC07A9"/>
     <w:p w14:paraId="2766C5AB" w14:textId="2CB9FA1A" w:rsidR="008E7BF9" w:rsidRDefault="008E7BF9" w:rsidP="00BC07A9"/>
-    <w:p w14:paraId="113AFA92" w14:textId="62203C6C" w:rsidR="006C000B" w:rsidRPr="00266D0E" w:rsidRDefault="008E7BF9" w:rsidP="008A3376">
+    <w:p w14:paraId="6E6C1860" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00266D0E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF7001">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Tahoma"/>
           <w:color w:val="9E1217"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Submission requirements</w:t>
       </w:r>
       <w:r w:rsidRPr="0059327F">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1"/>
       <w:hyperlink r:id="rId13" w:history="1"/>
       <w:hyperlink r:id="rId14" w:history="1"/>
     </w:p>
-    <w:p w14:paraId="52298EE4" w14:textId="0D997D08" w:rsidR="1D970609" w:rsidRPr="00BC225E" w:rsidRDefault="1D970609">
+    <w:p w14:paraId="43F00353" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">A full and complete application (Part 1, Part 2, and all supporting documents) must be submitted as follows: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44FBE4F2" w14:textId="63003A12" w:rsidR="1D970609" w:rsidRPr="00BC225E" w:rsidRDefault="1D970609" w:rsidP="001F7C80">
+    <w:p w14:paraId="69BC6915" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="50"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">A complete Part 1, saved as a Microsoft Word document with the formatting and form fields preserved, must be emailed to </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00BC225E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Tahoma"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>emsccte@nysed.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>. This document is essential to process the application into the Department records.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7320F64B" w14:textId="1AC0BADA" w:rsidR="1D970609" w:rsidRPr="00BC225E" w:rsidRDefault="1D970609" w:rsidP="001F7C80">
+    <w:p w14:paraId="7C1833FA" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="50"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">A complete Part 1, digitally or physically signed by the superintendent, must be emailed and/or mailed to the Office of CTE. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7607FB66" w14:textId="11AA3610" w:rsidR="1D970609" w:rsidRPr="00BC225E" w:rsidRDefault="1D970609" w:rsidP="001F7C80">
+    <w:p w14:paraId="478EE67F" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="50"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Digitally signed applications can be emailed to </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00BC225E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Tahoma"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>emsccte@nysed.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> as part of the full application submission. An acceptable digital signature must be an encrypted digital mark that uniquely identifies the signer and verifies the authenticity and integrity of the document. This typically involves the use of a secure certificate issued by a trusted Certificate Authority (CA). Signatures that do not meet these standards, such as typed names, will not be accepted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C968141" w14:textId="6580B3A4" w:rsidR="1D970609" w:rsidRPr="00BC225E" w:rsidRDefault="1D970609" w:rsidP="001F7C80">
+    <w:p w14:paraId="502D6689" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="50"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Physically signed applications can be either scanned and emailed to </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00BC225E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Tahoma"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>emsccte@nysed.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> and/or physically mailed to </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F159E86" w14:textId="7B34ED88" w:rsidR="1D970609" w:rsidRPr="00BC225E" w:rsidRDefault="1D970609" w:rsidP="001F7C80">
+    <w:p w14:paraId="78C36BC9" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">CTE Program Approval </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452B1000" w14:textId="7F09AD71" w:rsidR="1D970609" w:rsidRPr="00BC225E" w:rsidRDefault="1D970609" w:rsidP="001F7C80">
+    <w:p w14:paraId="7C0AEBF0" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">New York State Education Department </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69D3DF01" w14:textId="2303FDFF" w:rsidR="1D970609" w:rsidRPr="00BC225E" w:rsidRDefault="1D970609" w:rsidP="001F7C80">
+    <w:p w14:paraId="4A0A4202" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Office of Career and Technical Education </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1694A344" w14:textId="2274A407" w:rsidR="1D970609" w:rsidRPr="00BC225E" w:rsidRDefault="1D970609" w:rsidP="001F7C80">
+    <w:p w14:paraId="06932F41" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">89 Washington Avenue, Room 315 EB </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0520FEC3" w14:textId="137EFFBF" w:rsidR="1D970609" w:rsidRPr="00BC225E" w:rsidRDefault="1D970609" w:rsidP="001F7C80">
+    <w:p w14:paraId="57889300" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Albany, New York 12234</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4637754F" w14:textId="13C91158" w:rsidR="1D970609" w:rsidRPr="00BC225E" w:rsidRDefault="1D970609" w:rsidP="001F7C80">
+    <w:p w14:paraId="2D7C3E4B" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="50"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">A completed Part 2 and all supporting documents, saved as a single PDF, must be emailed to </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00BC225E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Tahoma"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>emsccte@nysed.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F50DAC" w14:textId="0C1E87F9" w:rsidR="78312BAC" w:rsidRPr="00BC225E" w:rsidRDefault="78312BAC" w:rsidP="78312BAC">
+    <w:p w14:paraId="126E8E2D" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FBF10A1" w14:textId="701BB780" w:rsidR="006715F2" w:rsidRDefault="00FB59BB" w:rsidP="006715F2">
+    <w:p w14:paraId="36512067" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB59BB">
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">All New York City Department of Education CTE Programs must complete and submit this form directly to the Program Approval and Quality Team. Please complete and submit forms to Omari Gay at </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00FB59BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Tahoma" w:cs="Tahoma"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>ogay@schools.nyc.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FB59BB">
         <w:rPr>
           <w:rFonts w:eastAsia="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79DF8A06" w14:textId="77777777" w:rsidR="006715F2" w:rsidRDefault="006715F2">
+    <w:p w14:paraId="6154D0E7" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="171F3CA7" w14:textId="7DA33970" w:rsidR="1D970609" w:rsidRPr="00BC225E" w:rsidRDefault="1D970609">
+    <w:p w14:paraId="0DDF24AF" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Please do not email links to Google files or SharePoint documents, or include them within the application, as the Office of CTE cannot access them. Please do not physically mail copies of Part 2 or supporting documents to the Office of CTE, as they will not be retained.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44DE1D14" w14:textId="4F2D59BF" w:rsidR="78312BAC" w:rsidRPr="00BC225E" w:rsidRDefault="78312BAC" w:rsidP="78312BAC">
+    <w:p w14:paraId="448EFD3B" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75BC8E22" w14:textId="74705F5C" w:rsidR="008E7BF9" w:rsidRPr="00BC225E" w:rsidRDefault="0FB9012F" w:rsidP="001F7C80">
+    <w:p w14:paraId="3C9587FE" w14:textId="77777777" w:rsidR="00925EAE" w:rsidRPr="00BC225E" w:rsidRDefault="00925EAE" w:rsidP="00925EAE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC225E">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">A complete re-approval application must be submitted by June 30, 2026. Programs must receive re-approval by September 30, 2026, to prevent a lapse in the program. Lapsed programs will be removed from the NYSED-approved list and are not considered to be active and therefore not eligible to award the 4+1 CTE pathway, integrated/specialized academic credit, and the technical endorsement beyond the 2025-2026 school year.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16C8BAC4" w14:textId="40379DAD" w:rsidR="000006F9" w:rsidRDefault="00D91BD9" w:rsidP="00BC07A9">
+    <w:p w14:paraId="16C8BAC4" w14:textId="634BC23B" w:rsidR="000006F9" w:rsidRDefault="00A73D14" w:rsidP="00BC07A9">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C674E43" wp14:editId="2B7C47BA">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C674E43" wp14:editId="7AEA07E4">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="margin">
-                  <wp:align>left</wp:align>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-146050</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>62230</wp:posOffset>
+                  <wp:posOffset>10795</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="679450" cy="368300"/>
                 <wp:effectExtent l="0" t="0" r="6350" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="679450" cy="368300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -20178,59 +19035,57 @@
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="lt1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent6"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="61230C4E" id="Rectangle 1" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:4.9pt;width:53.5pt;height:29pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUDeMoVwIAAAMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+whQSltEqFCrTpNQ&#10;i0qnPruODdEcn3c2BPbX7+yE0HU8TXtx7ny/P3+X6e2+Mmyn0Jdgcz7o9TlTVkJR2nXOv788fLnm&#10;zAdhC2HAqpwflOe3s8+fprWbqCFswBQKGSWxflK7nG9CcJMs83KjKuF74JQlowasRCAV11mBoqbs&#10;lcmG/f44qwELhyCV93R73xj5LOXXWsnwpLVXgZmcU28hnZjOt3hms6mYrFG4TSnbNsQ/dFGJ0lLR&#10;LtW9CIJtsfwrVVVKBA869CRUGWhdSpVmoGkG/Q/TrDbCqTQLgeNdB5P/f2nl427llkgw1M5PPIlx&#10;ir3GKn6pP7ZPYB06sNQ+MEmX46ub0SVBKsl0Mb6+6Ccws1OwQx++KqhYFHKO9BYJIrFb+EAFyfXo&#10;EmsZG08LD6UxjTXeZKe2khQORjXez0qzsqBGhilrYoy6M8h2gt5aSKlsGMf3pTrGkncM05S8Cxyc&#10;CzRh0Aa1vjFMJSZ1gf1zgX9W7CJSVbChC65KC3guQfGjq9z4H6dvZo7jv0FxWCJDaHjsnXwoCdyF&#10;8GEpkIhL70HLGJ7o0AbqnEMrcbYB/HXuPvoTn8jKWU2LkHP/cytQcWa+WWLazWA0ipuTlNHl1ZAU&#10;fG95e2+x2+oOCP8Brb2TSYz+wRxFjVC90s7OY1UyCSupds5lwKNyF5oFpa2Xaj5PbrQtToSFXTkZ&#10;k0dUI3le9q8CXcuwQNR8hOPSiMkHojW+MdLCfBtAl4mFJ1xbvGnTEmnav0Jc5fd68jr9u2a/AQAA&#10;//8DAFBLAwQUAAYACAAAACEAhjEiDNwAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KgDrZoSsqlQRcWBA2oAiaMbb5NAvE5jtw1/z/YEx9GMZt7ky9F16khDaD0j3E4SUMSV&#10;ty3XCO9v65sFqBANW9N5JoQfCrAsLi9yk1l/4g0dy1grKeGQGYQmxj7TOlQNORMmvicWb+cHZ6LI&#10;odZ2MCcpd52+S5K5dqZlWWhMT6uGqu/y4BBevux+Vn8+vU7bdJV+7GfP5Xo3Rby+Gh8fQEUa418Y&#10;zviCDoUwbf2BbVAdghyJCPeCfzaTVPQWYZ4uQBe5/k9f/AIAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBUDeMoVwIAAAMFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCGMSIM3AAAAAUBAAAPAAAAAAAAAAAAAAAAALEEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight="1pt">
-[...1 lines deleted...]
-              </v:rect>
+              <v:rect w14:anchorId="27EC5C68" id="Rectangle 1" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:-11.5pt;margin-top:.85pt;width:53.5pt;height:29pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUDeMoVwIAAAMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+whQSltEqFCrTpNQ&#10;i0qnPruODdEcn3c2BPbX7+yE0HU8TXtx7ny/P3+X6e2+Mmyn0Jdgcz7o9TlTVkJR2nXOv788fLnm&#10;zAdhC2HAqpwflOe3s8+fprWbqCFswBQKGSWxflK7nG9CcJMs83KjKuF74JQlowasRCAV11mBoqbs&#10;lcmG/f44qwELhyCV93R73xj5LOXXWsnwpLVXgZmcU28hnZjOt3hms6mYrFG4TSnbNsQ/dFGJ0lLR&#10;LtW9CIJtsfwrVVVKBA869CRUGWhdSpVmoGkG/Q/TrDbCqTQLgeNdB5P/f2nl427llkgw1M5PPIlx&#10;ir3GKn6pP7ZPYB06sNQ+MEmX46ub0SVBKsl0Mb6+6Ccws1OwQx++KqhYFHKO9BYJIrFb+EAFyfXo&#10;EmsZG08LD6UxjTXeZKe2khQORjXez0qzsqBGhilrYoy6M8h2gt5aSKlsGMf3pTrGkncM05S8Cxyc&#10;CzRh0Aa1vjFMJSZ1gf1zgX9W7CJSVbChC65KC3guQfGjq9z4H6dvZo7jv0FxWCJDaHjsnXwoCdyF&#10;8GEpkIhL70HLGJ7o0AbqnEMrcbYB/HXuPvoTn8jKWU2LkHP/cytQcWa+WWLazWA0ipuTlNHl1ZAU&#10;fG95e2+x2+oOCP8Brb2TSYz+wRxFjVC90s7OY1UyCSupds5lwKNyF5oFpa2Xaj5PbrQtToSFXTkZ&#10;k0dUI3le9q8CXcuwQNR8hOPSiMkHojW+MdLCfBtAl4mFJ1xbvGnTEmnav0Jc5fd68jr9u2a/AQAA&#10;//8DAFBLAwQUAAYACAAAACEA3I5Hlt4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF&#10;7yb+h82YeIOttFoo3RJDJB48GKsmHpfu0Fa7s6W7QPn3Dic9vnyT977JV6PtxBEH3zpScDeNQCBV&#10;zrRUK/h430zmIHzQZHTnCBWc0cOquL7KdWbcid7wWIZacAn5TCtoQugzKX3VoNV+6nokZjs3WB04&#10;DrU0gz5xue3kLIoepNUt8UKje1w3WP2UB6vg5dvsk/rr6TVu03X6uU+ey80uVur2Znxcggg4hr9j&#10;uOizOhTstHUHMl50CiazmH8JDFIQzOcJx62C+0UKssjlf//iFwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAFQN4yhXAgAAAwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhANyOR5beAAAABwEAAA8AAAAAAAAAAAAAAAAAsQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight="1pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26B53440" w14:textId="613D3241" w:rsidR="009755F5" w:rsidRDefault="009755F5" w:rsidP="00BC07A9">
+    <w:p w14:paraId="26B53440" w14:textId="10A2479B" w:rsidR="009755F5" w:rsidRDefault="009755F5" w:rsidP="00BC07A9">
       <w:r>
         <w:rPr>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="f52"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -20269,98 +19124,96 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60976662" w14:textId="53852600" w:rsidR="005145CC" w:rsidRDefault="005145CC" w:rsidP="00BC07A9"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="664A8CAE" w14:textId="45877906" w:rsidR="00FC7931" w:rsidRPr="002C5E4A" w:rsidRDefault="00AD7D50" w:rsidP="00266D0E">
+    <w:p w14:paraId="60976662" w14:textId="2B3F956B" w:rsidR="005145CC" w:rsidRDefault="005145CC" w:rsidP="00BC07A9"/>
+    <w:p w14:paraId="4153FF37" w14:textId="77777777" w:rsidR="005145CC" w:rsidRDefault="005145CC" w:rsidP="00BC07A9"/>
+    <w:p w14:paraId="2DB1A14F" w14:textId="1C06C76F" w:rsidR="00E819DA" w:rsidRPr="00F95949" w:rsidRDefault="003C7A29" w:rsidP="008E7BF9">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
-        <w:t>10</w:t>
+        <w:t>12</w:t>
       </w:r>
-      <w:r w:rsidR="00AC58B0">
-        <w:t>/</w:t>
+      <w:r w:rsidR="0084730A">
+        <w:t>/23/202</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>/2025</w:t>
+      <w:r w:rsidR="00D9182A">
+        <w:t>5</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="664A8CAE" w14:textId="77777777" w:rsidR="00FC7931" w:rsidRPr="002C5E4A" w:rsidRDefault="00FC7931" w:rsidP="003C7A29"/>
     <w:sectPr w:rsidR="00FC7931" w:rsidRPr="002C5E4A" w:rsidSect="00D23BA6">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CB6C8E0" w14:textId="77777777" w:rsidR="009862DD" w:rsidRDefault="009862DD">
+    <w:p w14:paraId="16ABA602" w14:textId="77777777" w:rsidR="00B47A72" w:rsidRDefault="00B47A72">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="241035E1" w14:textId="77777777" w:rsidR="009862DD" w:rsidRDefault="009862DD">
+    <w:p w14:paraId="3FF831D8" w14:textId="77777777" w:rsidR="00B47A72" w:rsidRDefault="00B47A72">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="33A874E4" w14:textId="77777777" w:rsidR="009862DD" w:rsidRDefault="009862DD"/>
+    <w:p w14:paraId="34CAA5EB" w14:textId="77777777" w:rsidR="00B47A72" w:rsidRDefault="00B47A72"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
@@ -20400,65 +19253,65 @@
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="014EF934" w14:textId="77777777" w:rsidR="009862DD" w:rsidRDefault="009862DD">
+    <w:p w14:paraId="46017F95" w14:textId="77777777" w:rsidR="00B47A72" w:rsidRDefault="00B47A72">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16E95C67" w14:textId="77777777" w:rsidR="009862DD" w:rsidRDefault="009862DD">
+    <w:p w14:paraId="01BC9599" w14:textId="77777777" w:rsidR="00B47A72" w:rsidRDefault="00B47A72">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0EDA535D" w14:textId="77777777" w:rsidR="009862DD" w:rsidRDefault="009862DD"/>
+    <w:p w14:paraId="03D8C10A" w14:textId="77777777" w:rsidR="00B47A72" w:rsidRDefault="00B47A72"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7BFE22B0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
@@ -24795,776 +23648,737 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1512525429">
-[...2 lines deleted...]
-  <w:num w:numId="2" w16cid:durableId="374887842">
+  <w:num w:numId="1" w16cid:durableId="374887842">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="578254951">
+  <w:num w:numId="2" w16cid:durableId="578254951">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1406992768">
+  <w:num w:numId="3" w16cid:durableId="1406992768">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="471211976">
+  <w:num w:numId="4" w16cid:durableId="471211976">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1822690153">
+  <w:num w:numId="5" w16cid:durableId="1822690153">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1363940989">
+  <w:num w:numId="6" w16cid:durableId="1363940989">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="744258971">
+  <w:num w:numId="7" w16cid:durableId="744258971">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1595816958">
+  <w:num w:numId="8" w16cid:durableId="1595816958">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="138347499">
+  <w:num w:numId="9" w16cid:durableId="138347499">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="2119063869">
+  <w:num w:numId="10" w16cid:durableId="2119063869">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="147207777">
+  <w:num w:numId="11" w16cid:durableId="147207777">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="177550204">
+  <w:num w:numId="12" w16cid:durableId="177550204">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1234194157">
+  <w:num w:numId="13" w16cid:durableId="1234194157">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1345134842">
+  <w:num w:numId="14" w16cid:durableId="1345134842">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1618295176">
+  <w:num w:numId="15" w16cid:durableId="1618295176">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1434590970">
+  <w:num w:numId="16" w16cid:durableId="1434590970">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="894969266">
+  <w:num w:numId="17" w16cid:durableId="894969266">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1266420949">
+  <w:num w:numId="18" w16cid:durableId="1266420949">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="2046758087">
+  <w:num w:numId="19" w16cid:durableId="2046758087">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1922595717">
+  <w:num w:numId="20" w16cid:durableId="1922595717">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1121727487">
+  <w:num w:numId="21" w16cid:durableId="1121727487">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1476025172">
+  <w:num w:numId="22" w16cid:durableId="1476025172">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1617129308">
+  <w:num w:numId="23" w16cid:durableId="1617129308">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="166362499">
+  <w:num w:numId="24" w16cid:durableId="166362499">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="367146376">
+  <w:num w:numId="25" w16cid:durableId="367146376">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1845893266">
+  <w:num w:numId="26" w16cid:durableId="1845893266">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1110658951">
+  <w:num w:numId="27" w16cid:durableId="1110658951">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1817575664">
+  <w:num w:numId="28" w16cid:durableId="1817575664">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="957875927">
+  <w:num w:numId="29" w16cid:durableId="957875927">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1682931307">
+  <w:num w:numId="30" w16cid:durableId="1682931307">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="800152844">
+  <w:num w:numId="31" w16cid:durableId="800152844">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1141267200">
+  <w:num w:numId="32" w16cid:durableId="1141267200">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="763770203">
+  <w:num w:numId="33" w16cid:durableId="763770203">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1916895095">
+  <w:num w:numId="34" w16cid:durableId="1916895095">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1837189384">
+  <w:num w:numId="35" w16cid:durableId="1837189384">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="1396272148">
+  <w:num w:numId="36" w16cid:durableId="1396272148">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="586575551">
+  <w:num w:numId="37" w16cid:durableId="586575551">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1214151965">
+  <w:num w:numId="38" w16cid:durableId="1214151965">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1893341976">
+  <w:num w:numId="39" w16cid:durableId="1893341976">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="1885023224">
+  <w:num w:numId="40" w16cid:durableId="1885023224">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="229273535">
+  <w:num w:numId="41" w16cid:durableId="229273535">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1261179728">
+  <w:num w:numId="42" w16cid:durableId="1261179728">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="810712354">
+  <w:num w:numId="43" w16cid:durableId="810712354">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="412705920">
+  <w:num w:numId="44" w16cid:durableId="412705920">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="2034722737">
+  <w:num w:numId="45" w16cid:durableId="2034722737">
     <w:abstractNumId w:val="49"/>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="2035419519">
+  <w:num w:numId="46" w16cid:durableId="2035419519">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="592667423">
+  <w:num w:numId="47" w16cid:durableId="592667423">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="49" w16cid:durableId="547685515">
+  <w:num w:numId="48" w16cid:durableId="547685515">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="50" w16cid:durableId="329875065">
+  <w:num w:numId="49" w16cid:durableId="329875065">
     <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="1512525429">
+    <w:abstractNumId w:val="47"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="9qbiPGz9KQZlbocZYg+KVX1uWnJtTcBqIzEhwFq69W3LzSl2AVXWKx/7HUondcJj9XXJrR+tmpdGFiUKV70DJQ==" w:salt="x0oNNbLiJAlW6Ho8d7CCfw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="uLI30ogA/jGqocqo1nrDbYsYW5ZDzLBwunQamGd7kbee/ds3t2q5u4PvCjxk7Dqj+Vhqpw9c1fKoSH4XnAVLmw==" w:salt="RPv6VI616aKjdqKkeZuK1g=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00695FAA"/>
     <w:rsid w:val="00000158"/>
     <w:rsid w:val="000006F9"/>
     <w:rsid w:val="000008A6"/>
     <w:rsid w:val="000020DF"/>
     <w:rsid w:val="00003AD9"/>
-    <w:rsid w:val="00005D25"/>
     <w:rsid w:val="00005FA9"/>
     <w:rsid w:val="000071F7"/>
     <w:rsid w:val="00010C1A"/>
     <w:rsid w:val="00011471"/>
     <w:rsid w:val="00012039"/>
     <w:rsid w:val="00013D99"/>
     <w:rsid w:val="0001408D"/>
     <w:rsid w:val="00015561"/>
     <w:rsid w:val="00015CA6"/>
     <w:rsid w:val="000171A8"/>
     <w:rsid w:val="00020916"/>
     <w:rsid w:val="00021BFC"/>
     <w:rsid w:val="00022160"/>
     <w:rsid w:val="00024376"/>
     <w:rsid w:val="000254EB"/>
     <w:rsid w:val="00026C78"/>
     <w:rsid w:val="0002798A"/>
     <w:rsid w:val="00027F97"/>
     <w:rsid w:val="0003003A"/>
     <w:rsid w:val="000303DC"/>
     <w:rsid w:val="0003176B"/>
     <w:rsid w:val="000320F1"/>
     <w:rsid w:val="00033FFD"/>
     <w:rsid w:val="00034E66"/>
     <w:rsid w:val="00034F85"/>
     <w:rsid w:val="0003536B"/>
     <w:rsid w:val="000374F6"/>
     <w:rsid w:val="000406CB"/>
-    <w:rsid w:val="000413AB"/>
     <w:rsid w:val="00044350"/>
     <w:rsid w:val="0004439E"/>
     <w:rsid w:val="000468EF"/>
     <w:rsid w:val="000515BE"/>
     <w:rsid w:val="00054EA7"/>
     <w:rsid w:val="00057AC4"/>
-    <w:rsid w:val="0006108E"/>
     <w:rsid w:val="00063C43"/>
     <w:rsid w:val="0006406D"/>
     <w:rsid w:val="00065281"/>
-    <w:rsid w:val="000659F3"/>
     <w:rsid w:val="0006683B"/>
     <w:rsid w:val="00066E59"/>
     <w:rsid w:val="00067AB2"/>
     <w:rsid w:val="000705D3"/>
     <w:rsid w:val="00071F17"/>
-    <w:rsid w:val="00072788"/>
     <w:rsid w:val="00073C0D"/>
     <w:rsid w:val="00075E56"/>
     <w:rsid w:val="0007646E"/>
     <w:rsid w:val="00076E39"/>
     <w:rsid w:val="0008159E"/>
     <w:rsid w:val="00082CE9"/>
     <w:rsid w:val="00083002"/>
     <w:rsid w:val="0008621B"/>
     <w:rsid w:val="00087B85"/>
     <w:rsid w:val="00090449"/>
     <w:rsid w:val="00092ED8"/>
     <w:rsid w:val="0009621B"/>
     <w:rsid w:val="000966F2"/>
     <w:rsid w:val="000967B2"/>
-    <w:rsid w:val="0009789C"/>
     <w:rsid w:val="000A01F1"/>
     <w:rsid w:val="000A13E6"/>
     <w:rsid w:val="000A6092"/>
     <w:rsid w:val="000A7DDE"/>
     <w:rsid w:val="000B03B8"/>
     <w:rsid w:val="000B1142"/>
     <w:rsid w:val="000B226E"/>
     <w:rsid w:val="000B22F4"/>
-    <w:rsid w:val="000B326B"/>
     <w:rsid w:val="000B3821"/>
     <w:rsid w:val="000B3E1B"/>
     <w:rsid w:val="000B491F"/>
     <w:rsid w:val="000C0CC2"/>
     <w:rsid w:val="000C1163"/>
     <w:rsid w:val="000C309B"/>
     <w:rsid w:val="000C30A5"/>
     <w:rsid w:val="000C3229"/>
     <w:rsid w:val="000C762C"/>
     <w:rsid w:val="000C7C95"/>
     <w:rsid w:val="000D13C6"/>
     <w:rsid w:val="000D1BA0"/>
     <w:rsid w:val="000D2539"/>
     <w:rsid w:val="000D3615"/>
     <w:rsid w:val="000D5C27"/>
     <w:rsid w:val="000D5D2D"/>
     <w:rsid w:val="000D7BEC"/>
     <w:rsid w:val="000E0075"/>
     <w:rsid w:val="000E02A0"/>
     <w:rsid w:val="000E364E"/>
     <w:rsid w:val="000E3AB8"/>
     <w:rsid w:val="000E5F55"/>
     <w:rsid w:val="000F1422"/>
     <w:rsid w:val="000F2A62"/>
     <w:rsid w:val="000F2DF4"/>
     <w:rsid w:val="000F3B7F"/>
     <w:rsid w:val="000F4EBC"/>
     <w:rsid w:val="000F571D"/>
     <w:rsid w:val="000F6783"/>
     <w:rsid w:val="000F7ECA"/>
     <w:rsid w:val="00101853"/>
     <w:rsid w:val="001036EE"/>
     <w:rsid w:val="001045E1"/>
     <w:rsid w:val="00112232"/>
     <w:rsid w:val="0011405A"/>
     <w:rsid w:val="00116632"/>
     <w:rsid w:val="0011694C"/>
-    <w:rsid w:val="00117D2E"/>
     <w:rsid w:val="00120C95"/>
-    <w:rsid w:val="00121F4F"/>
     <w:rsid w:val="00122CA6"/>
     <w:rsid w:val="00123F8C"/>
     <w:rsid w:val="0012515B"/>
     <w:rsid w:val="00125489"/>
     <w:rsid w:val="00127669"/>
     <w:rsid w:val="0013148F"/>
     <w:rsid w:val="0013222B"/>
     <w:rsid w:val="00132A20"/>
     <w:rsid w:val="0013461F"/>
     <w:rsid w:val="001352FE"/>
     <w:rsid w:val="0013580A"/>
     <w:rsid w:val="00136968"/>
     <w:rsid w:val="00137D50"/>
     <w:rsid w:val="0014663E"/>
     <w:rsid w:val="00152982"/>
     <w:rsid w:val="00152F27"/>
     <w:rsid w:val="00153076"/>
     <w:rsid w:val="00155C1A"/>
     <w:rsid w:val="00157DAC"/>
     <w:rsid w:val="0016034A"/>
     <w:rsid w:val="0016669F"/>
-    <w:rsid w:val="00166EAE"/>
     <w:rsid w:val="00167F8C"/>
     <w:rsid w:val="001703A1"/>
     <w:rsid w:val="001713E8"/>
     <w:rsid w:val="001714A5"/>
     <w:rsid w:val="00173FDD"/>
     <w:rsid w:val="00174182"/>
     <w:rsid w:val="00175872"/>
     <w:rsid w:val="001759AD"/>
     <w:rsid w:val="0017695A"/>
     <w:rsid w:val="00180664"/>
     <w:rsid w:val="001826C2"/>
-    <w:rsid w:val="00187EF4"/>
     <w:rsid w:val="00190690"/>
     <w:rsid w:val="00191171"/>
     <w:rsid w:val="00191BDF"/>
     <w:rsid w:val="00192DB9"/>
     <w:rsid w:val="0019521D"/>
     <w:rsid w:val="00196CDD"/>
     <w:rsid w:val="001A003D"/>
     <w:rsid w:val="001A2BC9"/>
     <w:rsid w:val="001A320D"/>
     <w:rsid w:val="001A32CC"/>
     <w:rsid w:val="001A39C9"/>
     <w:rsid w:val="001A3B20"/>
     <w:rsid w:val="001A3FE7"/>
-    <w:rsid w:val="001A6B2D"/>
     <w:rsid w:val="001A720E"/>
-    <w:rsid w:val="001B0339"/>
     <w:rsid w:val="001B0D4F"/>
     <w:rsid w:val="001B12A2"/>
     <w:rsid w:val="001B18A1"/>
     <w:rsid w:val="001B1C5E"/>
     <w:rsid w:val="001B2E56"/>
     <w:rsid w:val="001B58D7"/>
-    <w:rsid w:val="001B710C"/>
     <w:rsid w:val="001C00E4"/>
     <w:rsid w:val="001C0AD0"/>
     <w:rsid w:val="001C1C60"/>
     <w:rsid w:val="001C441B"/>
     <w:rsid w:val="001C4445"/>
     <w:rsid w:val="001C4A9B"/>
     <w:rsid w:val="001C5EDB"/>
     <w:rsid w:val="001C67A3"/>
     <w:rsid w:val="001D06F5"/>
     <w:rsid w:val="001D0F07"/>
     <w:rsid w:val="001D10C8"/>
     <w:rsid w:val="001D2811"/>
     <w:rsid w:val="001D349A"/>
+    <w:rsid w:val="001D3AAD"/>
     <w:rsid w:val="001D7D7D"/>
     <w:rsid w:val="001D7F3A"/>
     <w:rsid w:val="001E15C2"/>
     <w:rsid w:val="001E1C3B"/>
     <w:rsid w:val="001E2234"/>
     <w:rsid w:val="001E54D7"/>
     <w:rsid w:val="001E6A85"/>
     <w:rsid w:val="001E72B2"/>
     <w:rsid w:val="001E766F"/>
     <w:rsid w:val="001E79F0"/>
     <w:rsid w:val="001E7E8D"/>
     <w:rsid w:val="001F02C2"/>
     <w:rsid w:val="001F68E6"/>
     <w:rsid w:val="001F6940"/>
-    <w:rsid w:val="001F7C80"/>
     <w:rsid w:val="0020084E"/>
     <w:rsid w:val="00200C15"/>
-    <w:rsid w:val="00201BF5"/>
     <w:rsid w:val="00202316"/>
     <w:rsid w:val="00204E35"/>
     <w:rsid w:val="00206126"/>
     <w:rsid w:val="00206555"/>
     <w:rsid w:val="00206B81"/>
     <w:rsid w:val="00207029"/>
     <w:rsid w:val="002103FB"/>
     <w:rsid w:val="0021158E"/>
     <w:rsid w:val="00211C42"/>
     <w:rsid w:val="002123A6"/>
     <w:rsid w:val="00212474"/>
     <w:rsid w:val="00215E42"/>
     <w:rsid w:val="0021640A"/>
     <w:rsid w:val="00217535"/>
     <w:rsid w:val="00217C5D"/>
     <w:rsid w:val="00220ACD"/>
     <w:rsid w:val="002211C7"/>
     <w:rsid w:val="00223B47"/>
     <w:rsid w:val="002256C3"/>
     <w:rsid w:val="0022626C"/>
     <w:rsid w:val="00227147"/>
     <w:rsid w:val="00230843"/>
     <w:rsid w:val="002316B9"/>
     <w:rsid w:val="0023441B"/>
     <w:rsid w:val="002358DE"/>
     <w:rsid w:val="0024196A"/>
     <w:rsid w:val="00245EB4"/>
     <w:rsid w:val="00250014"/>
     <w:rsid w:val="00251B0E"/>
     <w:rsid w:val="00251E02"/>
     <w:rsid w:val="00252B67"/>
     <w:rsid w:val="00255985"/>
     <w:rsid w:val="00255D3C"/>
     <w:rsid w:val="0026011F"/>
     <w:rsid w:val="0026048E"/>
     <w:rsid w:val="00260CE2"/>
-    <w:rsid w:val="0026154B"/>
     <w:rsid w:val="00262513"/>
     <w:rsid w:val="00263ED4"/>
     <w:rsid w:val="0026681E"/>
-    <w:rsid w:val="00266D0E"/>
     <w:rsid w:val="002677B1"/>
     <w:rsid w:val="00272A15"/>
     <w:rsid w:val="00272F1F"/>
     <w:rsid w:val="002736B8"/>
     <w:rsid w:val="00273F19"/>
     <w:rsid w:val="00274864"/>
     <w:rsid w:val="002749C4"/>
     <w:rsid w:val="00275253"/>
     <w:rsid w:val="00275BB5"/>
     <w:rsid w:val="00276329"/>
     <w:rsid w:val="00276F47"/>
     <w:rsid w:val="00277218"/>
     <w:rsid w:val="0027721A"/>
     <w:rsid w:val="00277CF7"/>
     <w:rsid w:val="0028036D"/>
     <w:rsid w:val="00281651"/>
     <w:rsid w:val="00282CE7"/>
     <w:rsid w:val="00285776"/>
     <w:rsid w:val="002859D2"/>
     <w:rsid w:val="00286DE5"/>
     <w:rsid w:val="00286F6A"/>
     <w:rsid w:val="002879F3"/>
-    <w:rsid w:val="00290BB1"/>
     <w:rsid w:val="00291C8C"/>
     <w:rsid w:val="0029290E"/>
     <w:rsid w:val="002929F2"/>
+    <w:rsid w:val="002937C2"/>
     <w:rsid w:val="00294A9A"/>
     <w:rsid w:val="002A1ECE"/>
     <w:rsid w:val="002A240B"/>
     <w:rsid w:val="002A2510"/>
     <w:rsid w:val="002A580A"/>
     <w:rsid w:val="002A68CD"/>
-    <w:rsid w:val="002B0B13"/>
     <w:rsid w:val="002B27FD"/>
     <w:rsid w:val="002B2AC4"/>
     <w:rsid w:val="002B2CE0"/>
     <w:rsid w:val="002B326E"/>
-    <w:rsid w:val="002B3762"/>
     <w:rsid w:val="002B3EAA"/>
     <w:rsid w:val="002B4D1D"/>
     <w:rsid w:val="002B4F2A"/>
     <w:rsid w:val="002C0261"/>
     <w:rsid w:val="002C10B1"/>
     <w:rsid w:val="002C237B"/>
     <w:rsid w:val="002C26AC"/>
     <w:rsid w:val="002C2D08"/>
     <w:rsid w:val="002C3F83"/>
     <w:rsid w:val="002C5D74"/>
     <w:rsid w:val="002C5E4A"/>
     <w:rsid w:val="002C792C"/>
     <w:rsid w:val="002D00F2"/>
     <w:rsid w:val="002D0D1C"/>
     <w:rsid w:val="002D222A"/>
     <w:rsid w:val="002D2BF7"/>
     <w:rsid w:val="002D38DD"/>
     <w:rsid w:val="002D68CE"/>
-    <w:rsid w:val="002E3EC3"/>
     <w:rsid w:val="002E4BE8"/>
     <w:rsid w:val="002E5F60"/>
     <w:rsid w:val="002E6DBB"/>
     <w:rsid w:val="002F3843"/>
     <w:rsid w:val="002F3A1A"/>
     <w:rsid w:val="002F4FF7"/>
     <w:rsid w:val="002F537F"/>
-    <w:rsid w:val="002F6EE9"/>
     <w:rsid w:val="002F78F1"/>
     <w:rsid w:val="003022D3"/>
     <w:rsid w:val="00303195"/>
     <w:rsid w:val="00306571"/>
-    <w:rsid w:val="00306849"/>
     <w:rsid w:val="00307621"/>
     <w:rsid w:val="003076FD"/>
     <w:rsid w:val="00307A01"/>
     <w:rsid w:val="00313384"/>
     <w:rsid w:val="00314A32"/>
     <w:rsid w:val="00314BD3"/>
     <w:rsid w:val="003158BA"/>
     <w:rsid w:val="00315FF2"/>
     <w:rsid w:val="00317005"/>
     <w:rsid w:val="0031731B"/>
     <w:rsid w:val="003177A6"/>
     <w:rsid w:val="00317A23"/>
     <w:rsid w:val="00317D5E"/>
     <w:rsid w:val="003204C5"/>
     <w:rsid w:val="00320CE7"/>
     <w:rsid w:val="00321D91"/>
     <w:rsid w:val="00322720"/>
     <w:rsid w:val="00322E8A"/>
     <w:rsid w:val="00324951"/>
-    <w:rsid w:val="00326294"/>
     <w:rsid w:val="00327237"/>
     <w:rsid w:val="00330D53"/>
     <w:rsid w:val="003312FA"/>
-    <w:rsid w:val="00332723"/>
     <w:rsid w:val="00332F68"/>
     <w:rsid w:val="00333CA4"/>
     <w:rsid w:val="00334702"/>
     <w:rsid w:val="0033476A"/>
     <w:rsid w:val="003349DF"/>
     <w:rsid w:val="003350C2"/>
     <w:rsid w:val="00335259"/>
     <w:rsid w:val="00335AF2"/>
     <w:rsid w:val="00337215"/>
-    <w:rsid w:val="0033795A"/>
     <w:rsid w:val="00337B18"/>
     <w:rsid w:val="00341347"/>
     <w:rsid w:val="00343253"/>
     <w:rsid w:val="00343D83"/>
     <w:rsid w:val="003479BD"/>
-    <w:rsid w:val="00347A48"/>
-    <w:rsid w:val="00347D0E"/>
     <w:rsid w:val="003504CF"/>
     <w:rsid w:val="0035064C"/>
     <w:rsid w:val="00350A84"/>
     <w:rsid w:val="00350FD5"/>
-    <w:rsid w:val="00351239"/>
     <w:rsid w:val="00352F69"/>
     <w:rsid w:val="00353C9E"/>
     <w:rsid w:val="00355342"/>
     <w:rsid w:val="00355DD8"/>
     <w:rsid w:val="00356C3E"/>
     <w:rsid w:val="0036056A"/>
-    <w:rsid w:val="00361332"/>
     <w:rsid w:val="00362785"/>
     <w:rsid w:val="00363582"/>
     <w:rsid w:val="00363FEA"/>
     <w:rsid w:val="00364F3E"/>
-    <w:rsid w:val="003658D8"/>
     <w:rsid w:val="00370713"/>
     <w:rsid w:val="0037151E"/>
     <w:rsid w:val="0037296C"/>
     <w:rsid w:val="0037383D"/>
-    <w:rsid w:val="00373EF2"/>
     <w:rsid w:val="00376D81"/>
-    <w:rsid w:val="00380858"/>
     <w:rsid w:val="003816D7"/>
     <w:rsid w:val="003830FF"/>
     <w:rsid w:val="00383C10"/>
     <w:rsid w:val="00385EEC"/>
     <w:rsid w:val="003862D0"/>
     <w:rsid w:val="003929F1"/>
     <w:rsid w:val="003934B6"/>
-    <w:rsid w:val="003947A2"/>
     <w:rsid w:val="0039480F"/>
     <w:rsid w:val="00394FB0"/>
     <w:rsid w:val="00395307"/>
     <w:rsid w:val="003968B1"/>
     <w:rsid w:val="00397341"/>
     <w:rsid w:val="003A0197"/>
-    <w:rsid w:val="003A1134"/>
     <w:rsid w:val="003A1B0D"/>
     <w:rsid w:val="003A1B63"/>
     <w:rsid w:val="003A1DDD"/>
     <w:rsid w:val="003A27D9"/>
     <w:rsid w:val="003A2F35"/>
     <w:rsid w:val="003A34F6"/>
     <w:rsid w:val="003A41A1"/>
     <w:rsid w:val="003A491F"/>
     <w:rsid w:val="003A5A15"/>
     <w:rsid w:val="003A5EDE"/>
     <w:rsid w:val="003A7F4A"/>
     <w:rsid w:val="003B026D"/>
     <w:rsid w:val="003B2028"/>
     <w:rsid w:val="003B2326"/>
     <w:rsid w:val="003B327C"/>
     <w:rsid w:val="003B468D"/>
     <w:rsid w:val="003B4F0B"/>
     <w:rsid w:val="003B52BD"/>
     <w:rsid w:val="003B75C0"/>
     <w:rsid w:val="003C0889"/>
     <w:rsid w:val="003C0BFC"/>
     <w:rsid w:val="003C18FA"/>
     <w:rsid w:val="003C23FA"/>
     <w:rsid w:val="003C2D5C"/>
     <w:rsid w:val="003C3AC3"/>
-    <w:rsid w:val="003C4B85"/>
-    <w:rsid w:val="003C4C25"/>
     <w:rsid w:val="003C539A"/>
     <w:rsid w:val="003C61A0"/>
-    <w:rsid w:val="003C692A"/>
+    <w:rsid w:val="003C7A29"/>
     <w:rsid w:val="003C7D15"/>
     <w:rsid w:val="003D178D"/>
     <w:rsid w:val="003D1D5C"/>
     <w:rsid w:val="003D1EC3"/>
     <w:rsid w:val="003D1F44"/>
     <w:rsid w:val="003D35EF"/>
     <w:rsid w:val="003D3712"/>
     <w:rsid w:val="003D4029"/>
     <w:rsid w:val="003D4DB7"/>
     <w:rsid w:val="003D6316"/>
     <w:rsid w:val="003D68C8"/>
     <w:rsid w:val="003D74A4"/>
     <w:rsid w:val="003D7795"/>
     <w:rsid w:val="003E0E4E"/>
     <w:rsid w:val="003E11D5"/>
     <w:rsid w:val="003E1FF4"/>
     <w:rsid w:val="003E31FE"/>
-    <w:rsid w:val="003E3840"/>
     <w:rsid w:val="003E4474"/>
     <w:rsid w:val="003E5C85"/>
     <w:rsid w:val="003E6673"/>
     <w:rsid w:val="003F2D05"/>
-    <w:rsid w:val="003F5D7B"/>
     <w:rsid w:val="003F6F68"/>
-    <w:rsid w:val="003F77D4"/>
     <w:rsid w:val="004018F8"/>
     <w:rsid w:val="00401BA1"/>
     <w:rsid w:val="0040207F"/>
     <w:rsid w:val="0040288B"/>
     <w:rsid w:val="00402C25"/>
     <w:rsid w:val="00403A55"/>
     <w:rsid w:val="00403B8D"/>
     <w:rsid w:val="0040401F"/>
     <w:rsid w:val="00404F2A"/>
     <w:rsid w:val="0040517E"/>
     <w:rsid w:val="0040789B"/>
     <w:rsid w:val="00413FBF"/>
     <w:rsid w:val="00414880"/>
     <w:rsid w:val="00415333"/>
+    <w:rsid w:val="0042001A"/>
     <w:rsid w:val="00423CA4"/>
     <w:rsid w:val="004246FA"/>
     <w:rsid w:val="00425281"/>
     <w:rsid w:val="00431E78"/>
     <w:rsid w:val="00432A79"/>
     <w:rsid w:val="00436904"/>
     <w:rsid w:val="0043730E"/>
     <w:rsid w:val="00437ED0"/>
     <w:rsid w:val="00440435"/>
     <w:rsid w:val="0044061E"/>
     <w:rsid w:val="00440CD8"/>
+    <w:rsid w:val="00441C34"/>
     <w:rsid w:val="00443837"/>
     <w:rsid w:val="0044443D"/>
     <w:rsid w:val="00445A85"/>
     <w:rsid w:val="00446ED8"/>
     <w:rsid w:val="00450F66"/>
     <w:rsid w:val="00452611"/>
     <w:rsid w:val="004542C4"/>
     <w:rsid w:val="00461739"/>
     <w:rsid w:val="0046601E"/>
     <w:rsid w:val="004662EB"/>
     <w:rsid w:val="004677B7"/>
     <w:rsid w:val="00467865"/>
     <w:rsid w:val="00470051"/>
     <w:rsid w:val="004709B1"/>
     <w:rsid w:val="00471354"/>
-    <w:rsid w:val="004733C1"/>
     <w:rsid w:val="00474103"/>
     <w:rsid w:val="0047456E"/>
     <w:rsid w:val="00475860"/>
     <w:rsid w:val="00481D1D"/>
     <w:rsid w:val="00481E83"/>
     <w:rsid w:val="00484CB3"/>
     <w:rsid w:val="00486382"/>
     <w:rsid w:val="0048685F"/>
     <w:rsid w:val="004877D4"/>
     <w:rsid w:val="00490C60"/>
-    <w:rsid w:val="00491C6D"/>
     <w:rsid w:val="004921E5"/>
     <w:rsid w:val="00492329"/>
     <w:rsid w:val="00492763"/>
     <w:rsid w:val="00494B1E"/>
     <w:rsid w:val="00494C57"/>
     <w:rsid w:val="00495456"/>
     <w:rsid w:val="004955D0"/>
     <w:rsid w:val="00496985"/>
     <w:rsid w:val="004A1437"/>
     <w:rsid w:val="004A4198"/>
     <w:rsid w:val="004A4BE6"/>
     <w:rsid w:val="004A5355"/>
     <w:rsid w:val="004A54EA"/>
     <w:rsid w:val="004B0578"/>
     <w:rsid w:val="004B1321"/>
     <w:rsid w:val="004B3075"/>
     <w:rsid w:val="004B3DFA"/>
     <w:rsid w:val="004B6332"/>
     <w:rsid w:val="004B7072"/>
     <w:rsid w:val="004C0EDE"/>
-    <w:rsid w:val="004C2C6A"/>
     <w:rsid w:val="004C677D"/>
     <w:rsid w:val="004C79B1"/>
     <w:rsid w:val="004C7F0B"/>
     <w:rsid w:val="004D13AB"/>
     <w:rsid w:val="004D1D97"/>
     <w:rsid w:val="004D329B"/>
     <w:rsid w:val="004D428E"/>
     <w:rsid w:val="004D4F36"/>
     <w:rsid w:val="004D7B6B"/>
     <w:rsid w:val="004E0524"/>
     <w:rsid w:val="004E066C"/>
     <w:rsid w:val="004E09F1"/>
     <w:rsid w:val="004E1406"/>
     <w:rsid w:val="004E1633"/>
     <w:rsid w:val="004E34C6"/>
     <w:rsid w:val="004E352F"/>
     <w:rsid w:val="004E5369"/>
     <w:rsid w:val="004E5477"/>
     <w:rsid w:val="004E6308"/>
+    <w:rsid w:val="004F2771"/>
     <w:rsid w:val="004F2AD4"/>
     <w:rsid w:val="004F34CC"/>
     <w:rsid w:val="004F62AD"/>
     <w:rsid w:val="004F644D"/>
     <w:rsid w:val="004F7719"/>
     <w:rsid w:val="004F7DFD"/>
     <w:rsid w:val="005005FE"/>
     <w:rsid w:val="00501AE8"/>
     <w:rsid w:val="005026E4"/>
     <w:rsid w:val="005029AC"/>
     <w:rsid w:val="00504062"/>
     <w:rsid w:val="00504B65"/>
     <w:rsid w:val="005062A6"/>
     <w:rsid w:val="00506CE7"/>
     <w:rsid w:val="00510339"/>
     <w:rsid w:val="00511434"/>
     <w:rsid w:val="005114CE"/>
     <w:rsid w:val="0051158D"/>
     <w:rsid w:val="005116E5"/>
     <w:rsid w:val="005119B6"/>
     <w:rsid w:val="00512169"/>
     <w:rsid w:val="00513DA7"/>
     <w:rsid w:val="005145CC"/>
     <w:rsid w:val="00515909"/>
     <w:rsid w:val="00517307"/>
@@ -25577,1408 +24391,1249 @@
     <w:rsid w:val="00526234"/>
     <w:rsid w:val="00532761"/>
     <w:rsid w:val="00532E5B"/>
     <w:rsid w:val="0053344B"/>
     <w:rsid w:val="00534115"/>
     <w:rsid w:val="0053419A"/>
     <w:rsid w:val="00534AD4"/>
     <w:rsid w:val="00535FCD"/>
     <w:rsid w:val="005371D9"/>
     <w:rsid w:val="00540DF0"/>
     <w:rsid w:val="00541A47"/>
     <w:rsid w:val="00541EF5"/>
     <w:rsid w:val="005438DC"/>
     <w:rsid w:val="005440B2"/>
     <w:rsid w:val="00545E42"/>
     <w:rsid w:val="00550E40"/>
     <w:rsid w:val="005512A3"/>
     <w:rsid w:val="00552BDF"/>
     <w:rsid w:val="00553643"/>
     <w:rsid w:val="00554EA0"/>
     <w:rsid w:val="005557F6"/>
     <w:rsid w:val="00557061"/>
     <w:rsid w:val="005578E0"/>
     <w:rsid w:val="00563778"/>
     <w:rsid w:val="00565C01"/>
-    <w:rsid w:val="00567A2A"/>
     <w:rsid w:val="0057244C"/>
-    <w:rsid w:val="0057397C"/>
-    <w:rsid w:val="00573B32"/>
     <w:rsid w:val="00575316"/>
     <w:rsid w:val="0057717D"/>
     <w:rsid w:val="00581C87"/>
     <w:rsid w:val="005823AB"/>
     <w:rsid w:val="0058676E"/>
     <w:rsid w:val="00587CF2"/>
     <w:rsid w:val="00590492"/>
     <w:rsid w:val="00590582"/>
     <w:rsid w:val="005906FB"/>
+    <w:rsid w:val="00591EF0"/>
     <w:rsid w:val="00592D77"/>
     <w:rsid w:val="0059311F"/>
-    <w:rsid w:val="0059327F"/>
     <w:rsid w:val="00593C79"/>
     <w:rsid w:val="0059412D"/>
     <w:rsid w:val="00594703"/>
     <w:rsid w:val="005955CF"/>
     <w:rsid w:val="005A1EF5"/>
     <w:rsid w:val="005A388B"/>
     <w:rsid w:val="005A38E8"/>
     <w:rsid w:val="005A3CED"/>
     <w:rsid w:val="005A6592"/>
     <w:rsid w:val="005B1BA1"/>
     <w:rsid w:val="005B38D8"/>
     <w:rsid w:val="005B4AE2"/>
     <w:rsid w:val="005B5695"/>
     <w:rsid w:val="005B6678"/>
     <w:rsid w:val="005C17AA"/>
-    <w:rsid w:val="005C2317"/>
     <w:rsid w:val="005C427B"/>
     <w:rsid w:val="005C4430"/>
     <w:rsid w:val="005C4F2C"/>
     <w:rsid w:val="005C7ECE"/>
     <w:rsid w:val="005D0419"/>
     <w:rsid w:val="005D0ED5"/>
     <w:rsid w:val="005D1576"/>
     <w:rsid w:val="005D3871"/>
     <w:rsid w:val="005D4E55"/>
     <w:rsid w:val="005D5080"/>
     <w:rsid w:val="005D5A1C"/>
     <w:rsid w:val="005D627F"/>
     <w:rsid w:val="005D6E27"/>
     <w:rsid w:val="005D74D2"/>
     <w:rsid w:val="005E0D8E"/>
     <w:rsid w:val="005E120E"/>
     <w:rsid w:val="005E13A0"/>
     <w:rsid w:val="005E289A"/>
     <w:rsid w:val="005E3EF0"/>
     <w:rsid w:val="005E41ED"/>
     <w:rsid w:val="005E63CC"/>
     <w:rsid w:val="005E7B67"/>
     <w:rsid w:val="005F0995"/>
     <w:rsid w:val="005F2AB9"/>
     <w:rsid w:val="005F31C3"/>
-    <w:rsid w:val="005F3AAC"/>
+    <w:rsid w:val="005F31D9"/>
     <w:rsid w:val="005F425E"/>
     <w:rsid w:val="005F586D"/>
     <w:rsid w:val="005F5E07"/>
     <w:rsid w:val="005F6E87"/>
     <w:rsid w:val="00601460"/>
     <w:rsid w:val="006053F4"/>
-    <w:rsid w:val="00610DF6"/>
     <w:rsid w:val="0061121C"/>
-    <w:rsid w:val="00612BE5"/>
     <w:rsid w:val="00613129"/>
-    <w:rsid w:val="00613562"/>
     <w:rsid w:val="00613688"/>
     <w:rsid w:val="00616938"/>
     <w:rsid w:val="00616F4E"/>
     <w:rsid w:val="00617B3C"/>
     <w:rsid w:val="00617C65"/>
     <w:rsid w:val="006229F1"/>
     <w:rsid w:val="006231DC"/>
     <w:rsid w:val="0062388D"/>
     <w:rsid w:val="006246B6"/>
     <w:rsid w:val="00625BDC"/>
     <w:rsid w:val="00627911"/>
     <w:rsid w:val="0063047A"/>
     <w:rsid w:val="0063072B"/>
     <w:rsid w:val="006335E9"/>
+    <w:rsid w:val="00637831"/>
     <w:rsid w:val="006411DD"/>
     <w:rsid w:val="00642689"/>
     <w:rsid w:val="00642FE1"/>
-    <w:rsid w:val="00646760"/>
     <w:rsid w:val="00646B2A"/>
     <w:rsid w:val="0064757C"/>
     <w:rsid w:val="006504EF"/>
     <w:rsid w:val="00651E97"/>
     <w:rsid w:val="00656F09"/>
     <w:rsid w:val="00657BB0"/>
     <w:rsid w:val="00663EC2"/>
     <w:rsid w:val="00665832"/>
-    <w:rsid w:val="006715F2"/>
     <w:rsid w:val="00673C18"/>
-    <w:rsid w:val="00674521"/>
     <w:rsid w:val="00675B53"/>
     <w:rsid w:val="00677E4D"/>
     <w:rsid w:val="0068018A"/>
     <w:rsid w:val="00680834"/>
     <w:rsid w:val="00682BA6"/>
     <w:rsid w:val="006830F0"/>
     <w:rsid w:val="00683584"/>
-    <w:rsid w:val="006849EF"/>
-    <w:rsid w:val="00685C71"/>
     <w:rsid w:val="00686B23"/>
+    <w:rsid w:val="0068758C"/>
     <w:rsid w:val="006876A2"/>
     <w:rsid w:val="00692715"/>
-    <w:rsid w:val="00692836"/>
     <w:rsid w:val="0069380F"/>
     <w:rsid w:val="00694116"/>
     <w:rsid w:val="00695FAA"/>
     <w:rsid w:val="00696AA0"/>
     <w:rsid w:val="00696D46"/>
     <w:rsid w:val="006973E1"/>
     <w:rsid w:val="006979D1"/>
     <w:rsid w:val="006A2023"/>
     <w:rsid w:val="006A417E"/>
     <w:rsid w:val="006A48BE"/>
-    <w:rsid w:val="006A6F47"/>
     <w:rsid w:val="006A7E5B"/>
-    <w:rsid w:val="006B3EF8"/>
-    <w:rsid w:val="006B4CAE"/>
     <w:rsid w:val="006B53FC"/>
     <w:rsid w:val="006B5975"/>
     <w:rsid w:val="006B62BB"/>
-    <w:rsid w:val="006C000B"/>
     <w:rsid w:val="006C054A"/>
     <w:rsid w:val="006C067D"/>
     <w:rsid w:val="006C47EE"/>
     <w:rsid w:val="006C4BAD"/>
     <w:rsid w:val="006C5995"/>
     <w:rsid w:val="006D1678"/>
     <w:rsid w:val="006D2635"/>
     <w:rsid w:val="006D2F97"/>
     <w:rsid w:val="006D4D4D"/>
     <w:rsid w:val="006D5AEA"/>
     <w:rsid w:val="006D5C6F"/>
     <w:rsid w:val="006D779C"/>
-    <w:rsid w:val="006E0BCC"/>
     <w:rsid w:val="006E0C40"/>
     <w:rsid w:val="006E289B"/>
     <w:rsid w:val="006E28AA"/>
     <w:rsid w:val="006E43B0"/>
     <w:rsid w:val="006E4F63"/>
     <w:rsid w:val="006E560E"/>
     <w:rsid w:val="006E5B32"/>
     <w:rsid w:val="006E729E"/>
     <w:rsid w:val="006E7FD3"/>
     <w:rsid w:val="006F10B8"/>
     <w:rsid w:val="006F3044"/>
     <w:rsid w:val="006F4989"/>
     <w:rsid w:val="006F4BC2"/>
-    <w:rsid w:val="006F7B64"/>
     <w:rsid w:val="00700756"/>
     <w:rsid w:val="00701999"/>
     <w:rsid w:val="0070551E"/>
     <w:rsid w:val="00706E50"/>
     <w:rsid w:val="00707DC0"/>
-    <w:rsid w:val="00712CA1"/>
-    <w:rsid w:val="00713C18"/>
     <w:rsid w:val="00715B4B"/>
     <w:rsid w:val="0071761D"/>
     <w:rsid w:val="00717B08"/>
     <w:rsid w:val="0072149B"/>
     <w:rsid w:val="007216C5"/>
     <w:rsid w:val="0072284E"/>
-    <w:rsid w:val="007244C7"/>
     <w:rsid w:val="00725B67"/>
     <w:rsid w:val="00725CBA"/>
     <w:rsid w:val="00725F72"/>
-    <w:rsid w:val="007264A8"/>
     <w:rsid w:val="00731301"/>
     <w:rsid w:val="00734E8D"/>
     <w:rsid w:val="00736895"/>
     <w:rsid w:val="007376AA"/>
     <w:rsid w:val="00737CD8"/>
+    <w:rsid w:val="00740563"/>
     <w:rsid w:val="00742045"/>
     <w:rsid w:val="00743879"/>
     <w:rsid w:val="0074563D"/>
     <w:rsid w:val="00747FF2"/>
-    <w:rsid w:val="00750CA6"/>
     <w:rsid w:val="007534D5"/>
     <w:rsid w:val="007563F5"/>
     <w:rsid w:val="00756C6A"/>
     <w:rsid w:val="007602AC"/>
     <w:rsid w:val="00764083"/>
     <w:rsid w:val="00764226"/>
     <w:rsid w:val="00764F4E"/>
     <w:rsid w:val="00765A2F"/>
     <w:rsid w:val="0076654D"/>
     <w:rsid w:val="00774B67"/>
     <w:rsid w:val="00775620"/>
     <w:rsid w:val="0077604F"/>
     <w:rsid w:val="00777824"/>
     <w:rsid w:val="00777ED1"/>
     <w:rsid w:val="00783F4C"/>
     <w:rsid w:val="00785F07"/>
     <w:rsid w:val="00786DE7"/>
     <w:rsid w:val="007903BF"/>
     <w:rsid w:val="00790E01"/>
     <w:rsid w:val="007918AF"/>
     <w:rsid w:val="00793AC6"/>
     <w:rsid w:val="00796012"/>
     <w:rsid w:val="00796810"/>
     <w:rsid w:val="00797D57"/>
-    <w:rsid w:val="00797E02"/>
     <w:rsid w:val="007A02BE"/>
     <w:rsid w:val="007A0FD2"/>
     <w:rsid w:val="007A259D"/>
     <w:rsid w:val="007A278D"/>
     <w:rsid w:val="007A7052"/>
     <w:rsid w:val="007A71DE"/>
     <w:rsid w:val="007B199B"/>
     <w:rsid w:val="007B2F24"/>
     <w:rsid w:val="007B331E"/>
     <w:rsid w:val="007B6119"/>
     <w:rsid w:val="007B6DB1"/>
     <w:rsid w:val="007C1F27"/>
     <w:rsid w:val="007C35AA"/>
     <w:rsid w:val="007C4166"/>
     <w:rsid w:val="007C620C"/>
     <w:rsid w:val="007C63D3"/>
     <w:rsid w:val="007D141D"/>
-    <w:rsid w:val="007D2EEE"/>
     <w:rsid w:val="007E2A15"/>
     <w:rsid w:val="007E32E7"/>
     <w:rsid w:val="007E399F"/>
     <w:rsid w:val="007E3E6B"/>
     <w:rsid w:val="007E52FB"/>
     <w:rsid w:val="007E6D4B"/>
     <w:rsid w:val="007E795C"/>
     <w:rsid w:val="007E7F84"/>
+    <w:rsid w:val="007F2B24"/>
     <w:rsid w:val="008002A6"/>
     <w:rsid w:val="00800D69"/>
     <w:rsid w:val="008024F4"/>
     <w:rsid w:val="00802A91"/>
     <w:rsid w:val="008036D4"/>
     <w:rsid w:val="008047A8"/>
     <w:rsid w:val="00806216"/>
     <w:rsid w:val="008077BA"/>
     <w:rsid w:val="008079D9"/>
     <w:rsid w:val="008107D6"/>
-    <w:rsid w:val="00812773"/>
     <w:rsid w:val="00813A7F"/>
     <w:rsid w:val="0081437E"/>
     <w:rsid w:val="0081502D"/>
     <w:rsid w:val="00816840"/>
     <w:rsid w:val="00816983"/>
     <w:rsid w:val="008177DF"/>
+    <w:rsid w:val="00820B88"/>
     <w:rsid w:val="00820E7C"/>
     <w:rsid w:val="0082106E"/>
     <w:rsid w:val="008213B7"/>
     <w:rsid w:val="00823C50"/>
     <w:rsid w:val="00826B31"/>
     <w:rsid w:val="0082706B"/>
     <w:rsid w:val="00830869"/>
     <w:rsid w:val="008321F7"/>
     <w:rsid w:val="008333D4"/>
     <w:rsid w:val="00835556"/>
     <w:rsid w:val="00836483"/>
     <w:rsid w:val="00837F1A"/>
     <w:rsid w:val="00841645"/>
     <w:rsid w:val="00841D25"/>
     <w:rsid w:val="008424C4"/>
     <w:rsid w:val="00842F46"/>
     <w:rsid w:val="00843F74"/>
     <w:rsid w:val="008442AC"/>
     <w:rsid w:val="00844C85"/>
     <w:rsid w:val="00844F9D"/>
     <w:rsid w:val="0084515B"/>
     <w:rsid w:val="00845C4C"/>
     <w:rsid w:val="00846FCB"/>
     <w:rsid w:val="0084730A"/>
     <w:rsid w:val="00847D60"/>
     <w:rsid w:val="00852EC6"/>
     <w:rsid w:val="008549E9"/>
     <w:rsid w:val="00856F4C"/>
     <w:rsid w:val="00857A38"/>
     <w:rsid w:val="0086014B"/>
     <w:rsid w:val="008601FC"/>
     <w:rsid w:val="008616DF"/>
     <w:rsid w:val="00863FA1"/>
     <w:rsid w:val="008644E1"/>
     <w:rsid w:val="00864E6F"/>
     <w:rsid w:val="008650A2"/>
     <w:rsid w:val="00870F59"/>
     <w:rsid w:val="00875D73"/>
     <w:rsid w:val="00877597"/>
     <w:rsid w:val="00880281"/>
     <w:rsid w:val="00882F04"/>
     <w:rsid w:val="0088548E"/>
     <w:rsid w:val="00886662"/>
     <w:rsid w:val="00887036"/>
     <w:rsid w:val="0088782D"/>
-    <w:rsid w:val="00892496"/>
     <w:rsid w:val="00892542"/>
     <w:rsid w:val="008931AC"/>
     <w:rsid w:val="00893CEF"/>
     <w:rsid w:val="00893DD3"/>
     <w:rsid w:val="00894383"/>
     <w:rsid w:val="00895895"/>
     <w:rsid w:val="00896DBA"/>
     <w:rsid w:val="008A07FB"/>
     <w:rsid w:val="008A167F"/>
-    <w:rsid w:val="008A3376"/>
-    <w:rsid w:val="008A5F7B"/>
     <w:rsid w:val="008A5FA1"/>
     <w:rsid w:val="008A67EE"/>
     <w:rsid w:val="008A7243"/>
     <w:rsid w:val="008A7CF7"/>
     <w:rsid w:val="008B087B"/>
     <w:rsid w:val="008B0AE0"/>
     <w:rsid w:val="008B3CCE"/>
     <w:rsid w:val="008B425E"/>
     <w:rsid w:val="008B7081"/>
     <w:rsid w:val="008C0288"/>
+    <w:rsid w:val="008C0465"/>
     <w:rsid w:val="008C1942"/>
     <w:rsid w:val="008C19F5"/>
     <w:rsid w:val="008C3EB7"/>
     <w:rsid w:val="008C5A9C"/>
     <w:rsid w:val="008C6ED6"/>
     <w:rsid w:val="008C70C4"/>
     <w:rsid w:val="008C7E4C"/>
     <w:rsid w:val="008C7F93"/>
     <w:rsid w:val="008D07A1"/>
     <w:rsid w:val="008D25C1"/>
     <w:rsid w:val="008D3DA5"/>
     <w:rsid w:val="008D5ACB"/>
     <w:rsid w:val="008D754D"/>
     <w:rsid w:val="008E0A3E"/>
     <w:rsid w:val="008E30F5"/>
     <w:rsid w:val="008E3DBB"/>
     <w:rsid w:val="008E4AD3"/>
     <w:rsid w:val="008E4C44"/>
     <w:rsid w:val="008E72CF"/>
     <w:rsid w:val="008E7BF9"/>
     <w:rsid w:val="008F1418"/>
     <w:rsid w:val="008F2D1D"/>
     <w:rsid w:val="008F344E"/>
     <w:rsid w:val="008F3617"/>
     <w:rsid w:val="008F3E8D"/>
     <w:rsid w:val="008F4567"/>
     <w:rsid w:val="009021F7"/>
     <w:rsid w:val="00902964"/>
     <w:rsid w:val="0090305A"/>
     <w:rsid w:val="00903551"/>
     <w:rsid w:val="0090469A"/>
     <w:rsid w:val="009063C9"/>
     <w:rsid w:val="0090679F"/>
     <w:rsid w:val="0090724D"/>
     <w:rsid w:val="0091064B"/>
-    <w:rsid w:val="00912330"/>
     <w:rsid w:val="009132B2"/>
     <w:rsid w:val="00914AFE"/>
     <w:rsid w:val="009159AF"/>
-    <w:rsid w:val="009160F5"/>
     <w:rsid w:val="00917159"/>
-    <w:rsid w:val="0092011F"/>
     <w:rsid w:val="009201CB"/>
     <w:rsid w:val="009221D7"/>
     <w:rsid w:val="009229B2"/>
     <w:rsid w:val="00924E8B"/>
+    <w:rsid w:val="00925EAE"/>
     <w:rsid w:val="009261A8"/>
     <w:rsid w:val="00927D29"/>
     <w:rsid w:val="0093007D"/>
     <w:rsid w:val="009309C4"/>
     <w:rsid w:val="00931961"/>
-    <w:rsid w:val="009322A7"/>
     <w:rsid w:val="0093374F"/>
     <w:rsid w:val="009346C5"/>
     <w:rsid w:val="009371EA"/>
     <w:rsid w:val="00937437"/>
     <w:rsid w:val="009406F7"/>
     <w:rsid w:val="00942376"/>
     <w:rsid w:val="00942AE6"/>
     <w:rsid w:val="009433E4"/>
     <w:rsid w:val="009444C6"/>
     <w:rsid w:val="00944639"/>
     <w:rsid w:val="009448D1"/>
     <w:rsid w:val="009457C1"/>
     <w:rsid w:val="00946522"/>
     <w:rsid w:val="0094790F"/>
     <w:rsid w:val="00951EAD"/>
     <w:rsid w:val="00952690"/>
     <w:rsid w:val="00955670"/>
     <w:rsid w:val="00955BD4"/>
-    <w:rsid w:val="00955C21"/>
     <w:rsid w:val="009561AF"/>
-    <w:rsid w:val="00956814"/>
     <w:rsid w:val="009568EA"/>
     <w:rsid w:val="00956D39"/>
-    <w:rsid w:val="0095764D"/>
     <w:rsid w:val="009613C7"/>
+    <w:rsid w:val="009613F4"/>
     <w:rsid w:val="00964394"/>
     <w:rsid w:val="0096677D"/>
     <w:rsid w:val="00966A05"/>
     <w:rsid w:val="00966B90"/>
     <w:rsid w:val="00966F12"/>
     <w:rsid w:val="00971DF2"/>
     <w:rsid w:val="00973105"/>
     <w:rsid w:val="009737B7"/>
     <w:rsid w:val="009755F5"/>
     <w:rsid w:val="0097719C"/>
     <w:rsid w:val="009802C4"/>
     <w:rsid w:val="00981A31"/>
     <w:rsid w:val="00982EAD"/>
     <w:rsid w:val="0098329E"/>
     <w:rsid w:val="00984332"/>
     <w:rsid w:val="00984A72"/>
     <w:rsid w:val="00984B36"/>
-    <w:rsid w:val="009862DD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00986F4A"/>
     <w:rsid w:val="00987303"/>
     <w:rsid w:val="00991793"/>
     <w:rsid w:val="00992CDD"/>
     <w:rsid w:val="00995CCC"/>
     <w:rsid w:val="00996B23"/>
     <w:rsid w:val="0099767E"/>
     <w:rsid w:val="009976D9"/>
     <w:rsid w:val="00997A3E"/>
     <w:rsid w:val="00997FF0"/>
     <w:rsid w:val="009A0AD4"/>
     <w:rsid w:val="009A1A8B"/>
     <w:rsid w:val="009A1C07"/>
     <w:rsid w:val="009A3C89"/>
     <w:rsid w:val="009A4EA3"/>
-    <w:rsid w:val="009A53F0"/>
     <w:rsid w:val="009A55DC"/>
     <w:rsid w:val="009A6298"/>
-    <w:rsid w:val="009A7DDE"/>
     <w:rsid w:val="009A7EBB"/>
     <w:rsid w:val="009B0E23"/>
     <w:rsid w:val="009B3819"/>
     <w:rsid w:val="009B3B29"/>
-    <w:rsid w:val="009B3B34"/>
     <w:rsid w:val="009B4086"/>
     <w:rsid w:val="009B4EC3"/>
     <w:rsid w:val="009B553C"/>
     <w:rsid w:val="009B6040"/>
     <w:rsid w:val="009B6643"/>
     <w:rsid w:val="009B6701"/>
     <w:rsid w:val="009B75B3"/>
     <w:rsid w:val="009C093B"/>
+    <w:rsid w:val="009C09E5"/>
     <w:rsid w:val="009C10A9"/>
-    <w:rsid w:val="009C1199"/>
     <w:rsid w:val="009C220D"/>
     <w:rsid w:val="009C2431"/>
     <w:rsid w:val="009C273C"/>
     <w:rsid w:val="009C42C7"/>
     <w:rsid w:val="009C4CB4"/>
     <w:rsid w:val="009C5F65"/>
     <w:rsid w:val="009C7630"/>
     <w:rsid w:val="009D2DD7"/>
     <w:rsid w:val="009D71A6"/>
     <w:rsid w:val="009E0745"/>
     <w:rsid w:val="009E1F4D"/>
     <w:rsid w:val="009E4A9D"/>
     <w:rsid w:val="009F01A4"/>
     <w:rsid w:val="009F1095"/>
     <w:rsid w:val="009F1834"/>
     <w:rsid w:val="009F1999"/>
     <w:rsid w:val="009F27C6"/>
     <w:rsid w:val="009F33F7"/>
     <w:rsid w:val="009F3A1B"/>
     <w:rsid w:val="009F45E2"/>
     <w:rsid w:val="009F6F20"/>
     <w:rsid w:val="009F7E7C"/>
     <w:rsid w:val="00A007F7"/>
     <w:rsid w:val="00A01CB9"/>
     <w:rsid w:val="00A02575"/>
     <w:rsid w:val="00A05876"/>
-    <w:rsid w:val="00A124A8"/>
-    <w:rsid w:val="00A13AFF"/>
     <w:rsid w:val="00A1481F"/>
     <w:rsid w:val="00A1731D"/>
     <w:rsid w:val="00A21050"/>
     <w:rsid w:val="00A2114F"/>
     <w:rsid w:val="00A211B2"/>
-    <w:rsid w:val="00A227F2"/>
     <w:rsid w:val="00A23C5E"/>
     <w:rsid w:val="00A24BE1"/>
     <w:rsid w:val="00A253E4"/>
     <w:rsid w:val="00A26B10"/>
     <w:rsid w:val="00A2727E"/>
     <w:rsid w:val="00A33301"/>
     <w:rsid w:val="00A34B76"/>
     <w:rsid w:val="00A35524"/>
     <w:rsid w:val="00A362E2"/>
     <w:rsid w:val="00A3713A"/>
     <w:rsid w:val="00A41168"/>
     <w:rsid w:val="00A45DC2"/>
     <w:rsid w:val="00A46A7A"/>
     <w:rsid w:val="00A52152"/>
     <w:rsid w:val="00A5420F"/>
     <w:rsid w:val="00A54FAE"/>
     <w:rsid w:val="00A55EA7"/>
     <w:rsid w:val="00A5631C"/>
     <w:rsid w:val="00A5645F"/>
     <w:rsid w:val="00A566BF"/>
     <w:rsid w:val="00A57813"/>
     <w:rsid w:val="00A60EC4"/>
     <w:rsid w:val="00A613B9"/>
     <w:rsid w:val="00A653EF"/>
     <w:rsid w:val="00A6578D"/>
     <w:rsid w:val="00A657BD"/>
     <w:rsid w:val="00A70777"/>
-    <w:rsid w:val="00A7078B"/>
     <w:rsid w:val="00A70B1E"/>
     <w:rsid w:val="00A71241"/>
     <w:rsid w:val="00A73D14"/>
     <w:rsid w:val="00A74F99"/>
     <w:rsid w:val="00A761B7"/>
     <w:rsid w:val="00A771F7"/>
     <w:rsid w:val="00A774D2"/>
     <w:rsid w:val="00A813F9"/>
     <w:rsid w:val="00A8158A"/>
     <w:rsid w:val="00A8166E"/>
     <w:rsid w:val="00A81CCD"/>
     <w:rsid w:val="00A81FAA"/>
-    <w:rsid w:val="00A825E8"/>
     <w:rsid w:val="00A82BA3"/>
     <w:rsid w:val="00A82D85"/>
     <w:rsid w:val="00A84185"/>
     <w:rsid w:val="00A84B06"/>
     <w:rsid w:val="00A8747B"/>
     <w:rsid w:val="00A90076"/>
     <w:rsid w:val="00A92012"/>
     <w:rsid w:val="00A93FD1"/>
     <w:rsid w:val="00A94564"/>
     <w:rsid w:val="00A94ACC"/>
     <w:rsid w:val="00AA1221"/>
     <w:rsid w:val="00AA1B4F"/>
-    <w:rsid w:val="00AA58A9"/>
     <w:rsid w:val="00AA70DB"/>
     <w:rsid w:val="00AB0B01"/>
     <w:rsid w:val="00AB0D58"/>
     <w:rsid w:val="00AB1C71"/>
     <w:rsid w:val="00AB2BEC"/>
     <w:rsid w:val="00AB2F68"/>
     <w:rsid w:val="00AB4008"/>
     <w:rsid w:val="00AB52CD"/>
     <w:rsid w:val="00AB5D80"/>
     <w:rsid w:val="00AB615D"/>
-    <w:rsid w:val="00AB6F4A"/>
-    <w:rsid w:val="00AC078E"/>
     <w:rsid w:val="00AC2BB1"/>
-    <w:rsid w:val="00AC3A9E"/>
-    <w:rsid w:val="00AC58B0"/>
     <w:rsid w:val="00AC5A1E"/>
     <w:rsid w:val="00AC5A6D"/>
     <w:rsid w:val="00AC6922"/>
     <w:rsid w:val="00AC6EB3"/>
     <w:rsid w:val="00AD4D0D"/>
-    <w:rsid w:val="00AD50E7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AD7D50"/>
     <w:rsid w:val="00AE1046"/>
     <w:rsid w:val="00AE2900"/>
     <w:rsid w:val="00AE2902"/>
     <w:rsid w:val="00AE6533"/>
     <w:rsid w:val="00AE6FA4"/>
     <w:rsid w:val="00AF1EDD"/>
     <w:rsid w:val="00AF3206"/>
     <w:rsid w:val="00AF4D5F"/>
     <w:rsid w:val="00AF7299"/>
     <w:rsid w:val="00B00630"/>
     <w:rsid w:val="00B033F2"/>
     <w:rsid w:val="00B035F3"/>
     <w:rsid w:val="00B03907"/>
     <w:rsid w:val="00B03BD0"/>
     <w:rsid w:val="00B0592F"/>
     <w:rsid w:val="00B0774D"/>
     <w:rsid w:val="00B07D7E"/>
-    <w:rsid w:val="00B10BA8"/>
     <w:rsid w:val="00B11811"/>
     <w:rsid w:val="00B135FE"/>
     <w:rsid w:val="00B148B5"/>
-    <w:rsid w:val="00B159B2"/>
     <w:rsid w:val="00B15B66"/>
-    <w:rsid w:val="00B16405"/>
     <w:rsid w:val="00B179C6"/>
     <w:rsid w:val="00B241B1"/>
-    <w:rsid w:val="00B242EA"/>
     <w:rsid w:val="00B26326"/>
-    <w:rsid w:val="00B301B2"/>
     <w:rsid w:val="00B30567"/>
     <w:rsid w:val="00B30AB2"/>
     <w:rsid w:val="00B311E1"/>
     <w:rsid w:val="00B316C5"/>
     <w:rsid w:val="00B32F0D"/>
     <w:rsid w:val="00B33076"/>
     <w:rsid w:val="00B33FBF"/>
     <w:rsid w:val="00B34CF8"/>
     <w:rsid w:val="00B35E18"/>
     <w:rsid w:val="00B40DCD"/>
     <w:rsid w:val="00B41B27"/>
     <w:rsid w:val="00B436A3"/>
     <w:rsid w:val="00B443E2"/>
-    <w:rsid w:val="00B45B45"/>
     <w:rsid w:val="00B46F56"/>
     <w:rsid w:val="00B47274"/>
     <w:rsid w:val="00B4735C"/>
     <w:rsid w:val="00B47A72"/>
     <w:rsid w:val="00B47DF2"/>
     <w:rsid w:val="00B50C0B"/>
-    <w:rsid w:val="00B51D22"/>
     <w:rsid w:val="00B52825"/>
     <w:rsid w:val="00B53959"/>
     <w:rsid w:val="00B53A8E"/>
     <w:rsid w:val="00B5453D"/>
+    <w:rsid w:val="00B603FA"/>
     <w:rsid w:val="00B61711"/>
     <w:rsid w:val="00B649F5"/>
     <w:rsid w:val="00B65015"/>
     <w:rsid w:val="00B66532"/>
-    <w:rsid w:val="00B7205F"/>
     <w:rsid w:val="00B722E7"/>
     <w:rsid w:val="00B7269B"/>
     <w:rsid w:val="00B74671"/>
     <w:rsid w:val="00B75822"/>
-    <w:rsid w:val="00B76517"/>
     <w:rsid w:val="00B77CB0"/>
-    <w:rsid w:val="00B80C0F"/>
     <w:rsid w:val="00B819C2"/>
     <w:rsid w:val="00B81E68"/>
     <w:rsid w:val="00B821AB"/>
     <w:rsid w:val="00B83A12"/>
     <w:rsid w:val="00B84504"/>
     <w:rsid w:val="00B84F48"/>
     <w:rsid w:val="00B86791"/>
     <w:rsid w:val="00B86C4E"/>
     <w:rsid w:val="00B902D8"/>
     <w:rsid w:val="00B90EC2"/>
     <w:rsid w:val="00B9246B"/>
     <w:rsid w:val="00B94B20"/>
     <w:rsid w:val="00B9616C"/>
     <w:rsid w:val="00B963BC"/>
     <w:rsid w:val="00BA04B9"/>
     <w:rsid w:val="00BA1EB6"/>
     <w:rsid w:val="00BA268F"/>
     <w:rsid w:val="00BB0736"/>
     <w:rsid w:val="00BB0CDC"/>
     <w:rsid w:val="00BB2087"/>
     <w:rsid w:val="00BB20A1"/>
     <w:rsid w:val="00BB2395"/>
     <w:rsid w:val="00BB2C69"/>
     <w:rsid w:val="00BB438E"/>
     <w:rsid w:val="00BB483C"/>
     <w:rsid w:val="00BB50CF"/>
     <w:rsid w:val="00BB547C"/>
-    <w:rsid w:val="00BB77E4"/>
     <w:rsid w:val="00BC07A9"/>
     <w:rsid w:val="00BC097B"/>
     <w:rsid w:val="00BC21A5"/>
-    <w:rsid w:val="00BC225E"/>
     <w:rsid w:val="00BC2EC0"/>
     <w:rsid w:val="00BC36B0"/>
     <w:rsid w:val="00BC591A"/>
     <w:rsid w:val="00BC6477"/>
     <w:rsid w:val="00BC6BDD"/>
     <w:rsid w:val="00BD60B7"/>
     <w:rsid w:val="00BD7672"/>
     <w:rsid w:val="00BD771D"/>
     <w:rsid w:val="00BE1480"/>
     <w:rsid w:val="00BE2DB3"/>
     <w:rsid w:val="00BE3492"/>
     <w:rsid w:val="00BE7750"/>
-    <w:rsid w:val="00BF3F24"/>
     <w:rsid w:val="00BF46BC"/>
     <w:rsid w:val="00BF47CA"/>
     <w:rsid w:val="00BF4AC6"/>
     <w:rsid w:val="00BF4C92"/>
     <w:rsid w:val="00BF4E0A"/>
     <w:rsid w:val="00BF5634"/>
     <w:rsid w:val="00C021BC"/>
     <w:rsid w:val="00C02297"/>
     <w:rsid w:val="00C02F58"/>
     <w:rsid w:val="00C03B5C"/>
     <w:rsid w:val="00C046CE"/>
     <w:rsid w:val="00C04F44"/>
     <w:rsid w:val="00C053F4"/>
     <w:rsid w:val="00C079CA"/>
     <w:rsid w:val="00C07AAF"/>
     <w:rsid w:val="00C07ED0"/>
     <w:rsid w:val="00C102E4"/>
     <w:rsid w:val="00C107F1"/>
     <w:rsid w:val="00C12B9C"/>
     <w:rsid w:val="00C12F77"/>
     <w:rsid w:val="00C133F3"/>
     <w:rsid w:val="00C1411E"/>
-    <w:rsid w:val="00C146FD"/>
     <w:rsid w:val="00C1631A"/>
     <w:rsid w:val="00C205E4"/>
     <w:rsid w:val="00C2112D"/>
     <w:rsid w:val="00C21625"/>
     <w:rsid w:val="00C22607"/>
-    <w:rsid w:val="00C22C3F"/>
     <w:rsid w:val="00C235B2"/>
     <w:rsid w:val="00C255F7"/>
     <w:rsid w:val="00C26329"/>
     <w:rsid w:val="00C3130E"/>
     <w:rsid w:val="00C31EB8"/>
     <w:rsid w:val="00C32405"/>
     <w:rsid w:val="00C32E5F"/>
     <w:rsid w:val="00C334AF"/>
-    <w:rsid w:val="00C3429C"/>
+    <w:rsid w:val="00C37849"/>
     <w:rsid w:val="00C40C98"/>
     <w:rsid w:val="00C42846"/>
     <w:rsid w:val="00C43C86"/>
     <w:rsid w:val="00C46F77"/>
     <w:rsid w:val="00C507AD"/>
     <w:rsid w:val="00C50E82"/>
     <w:rsid w:val="00C514EA"/>
     <w:rsid w:val="00C525BD"/>
     <w:rsid w:val="00C53368"/>
     <w:rsid w:val="00C53459"/>
     <w:rsid w:val="00C53B30"/>
     <w:rsid w:val="00C625C6"/>
-    <w:rsid w:val="00C64279"/>
-    <w:rsid w:val="00C64D28"/>
     <w:rsid w:val="00C65837"/>
     <w:rsid w:val="00C66A90"/>
     <w:rsid w:val="00C66ECF"/>
     <w:rsid w:val="00C67741"/>
-    <w:rsid w:val="00C679A7"/>
     <w:rsid w:val="00C70E44"/>
     <w:rsid w:val="00C734FC"/>
     <w:rsid w:val="00C739D0"/>
     <w:rsid w:val="00C74647"/>
     <w:rsid w:val="00C758C8"/>
     <w:rsid w:val="00C75FE4"/>
     <w:rsid w:val="00C76039"/>
     <w:rsid w:val="00C7631F"/>
     <w:rsid w:val="00C76480"/>
     <w:rsid w:val="00C77770"/>
     <w:rsid w:val="00C77CE6"/>
     <w:rsid w:val="00C77D5A"/>
     <w:rsid w:val="00C815EA"/>
     <w:rsid w:val="00C81930"/>
     <w:rsid w:val="00C833E7"/>
     <w:rsid w:val="00C83468"/>
     <w:rsid w:val="00C838A3"/>
     <w:rsid w:val="00C83CBE"/>
     <w:rsid w:val="00C83EF8"/>
-    <w:rsid w:val="00C8448B"/>
     <w:rsid w:val="00C861C3"/>
     <w:rsid w:val="00C87BE5"/>
     <w:rsid w:val="00C91F34"/>
     <w:rsid w:val="00C92FD6"/>
     <w:rsid w:val="00C93D0E"/>
     <w:rsid w:val="00C95091"/>
     <w:rsid w:val="00C95382"/>
     <w:rsid w:val="00C95473"/>
     <w:rsid w:val="00C9562F"/>
     <w:rsid w:val="00C97991"/>
-    <w:rsid w:val="00CA09BB"/>
     <w:rsid w:val="00CA2217"/>
     <w:rsid w:val="00CA3C3F"/>
     <w:rsid w:val="00CA4150"/>
     <w:rsid w:val="00CA44C8"/>
     <w:rsid w:val="00CA6381"/>
     <w:rsid w:val="00CB0115"/>
     <w:rsid w:val="00CB1F9B"/>
     <w:rsid w:val="00CB434D"/>
     <w:rsid w:val="00CB4D73"/>
     <w:rsid w:val="00CB5CB3"/>
     <w:rsid w:val="00CC18AD"/>
     <w:rsid w:val="00CC1D4A"/>
     <w:rsid w:val="00CC4D81"/>
     <w:rsid w:val="00CC4F0B"/>
     <w:rsid w:val="00CC50C1"/>
     <w:rsid w:val="00CC5995"/>
     <w:rsid w:val="00CC6137"/>
     <w:rsid w:val="00CC630B"/>
     <w:rsid w:val="00CC64B7"/>
     <w:rsid w:val="00CC6567"/>
     <w:rsid w:val="00CC6598"/>
     <w:rsid w:val="00CC6BB1"/>
     <w:rsid w:val="00CC6FDF"/>
     <w:rsid w:val="00CD1A15"/>
     <w:rsid w:val="00CD24D3"/>
     <w:rsid w:val="00CD272D"/>
     <w:rsid w:val="00CD4255"/>
     <w:rsid w:val="00CD65AD"/>
-    <w:rsid w:val="00CE0025"/>
     <w:rsid w:val="00CE0415"/>
     <w:rsid w:val="00CE0EA8"/>
     <w:rsid w:val="00CE13CA"/>
     <w:rsid w:val="00CE23E3"/>
     <w:rsid w:val="00CE341B"/>
     <w:rsid w:val="00CE3E64"/>
-    <w:rsid w:val="00CE480E"/>
     <w:rsid w:val="00CE4C1B"/>
     <w:rsid w:val="00CE4E00"/>
     <w:rsid w:val="00CE581B"/>
     <w:rsid w:val="00CE62AE"/>
     <w:rsid w:val="00CE6633"/>
     <w:rsid w:val="00CE680D"/>
     <w:rsid w:val="00CE747F"/>
     <w:rsid w:val="00CF0DC8"/>
-    <w:rsid w:val="00CF1631"/>
     <w:rsid w:val="00CF1AD4"/>
-    <w:rsid w:val="00CF1F26"/>
-    <w:rsid w:val="00CF3170"/>
     <w:rsid w:val="00CF356F"/>
     <w:rsid w:val="00CF3C0F"/>
     <w:rsid w:val="00CF6253"/>
     <w:rsid w:val="00D006B9"/>
     <w:rsid w:val="00D01268"/>
     <w:rsid w:val="00D02489"/>
-    <w:rsid w:val="00D057C2"/>
     <w:rsid w:val="00D06F8B"/>
     <w:rsid w:val="00D14E73"/>
-    <w:rsid w:val="00D159AE"/>
     <w:rsid w:val="00D16D2C"/>
     <w:rsid w:val="00D17154"/>
     <w:rsid w:val="00D20D26"/>
     <w:rsid w:val="00D21009"/>
     <w:rsid w:val="00D21222"/>
     <w:rsid w:val="00D21AAB"/>
     <w:rsid w:val="00D21CCD"/>
     <w:rsid w:val="00D222B2"/>
     <w:rsid w:val="00D23BA6"/>
     <w:rsid w:val="00D2632B"/>
     <w:rsid w:val="00D26BAB"/>
     <w:rsid w:val="00D27E0C"/>
     <w:rsid w:val="00D30352"/>
     <w:rsid w:val="00D32329"/>
     <w:rsid w:val="00D32CBC"/>
     <w:rsid w:val="00D34E39"/>
     <w:rsid w:val="00D34FD8"/>
     <w:rsid w:val="00D351F8"/>
     <w:rsid w:val="00D35C63"/>
-    <w:rsid w:val="00D422F9"/>
     <w:rsid w:val="00D444DE"/>
     <w:rsid w:val="00D44CE9"/>
     <w:rsid w:val="00D45A46"/>
     <w:rsid w:val="00D47560"/>
     <w:rsid w:val="00D531FA"/>
     <w:rsid w:val="00D5495E"/>
     <w:rsid w:val="00D54CE8"/>
     <w:rsid w:val="00D55788"/>
     <w:rsid w:val="00D578E8"/>
     <w:rsid w:val="00D6070F"/>
     <w:rsid w:val="00D60C7A"/>
     <w:rsid w:val="00D6116E"/>
     <w:rsid w:val="00D6155E"/>
     <w:rsid w:val="00D62228"/>
     <w:rsid w:val="00D63D1C"/>
-    <w:rsid w:val="00D65A99"/>
     <w:rsid w:val="00D65B57"/>
     <w:rsid w:val="00D66046"/>
     <w:rsid w:val="00D6686F"/>
     <w:rsid w:val="00D6690B"/>
     <w:rsid w:val="00D67EC4"/>
     <w:rsid w:val="00D707C7"/>
     <w:rsid w:val="00D71575"/>
     <w:rsid w:val="00D72C38"/>
     <w:rsid w:val="00D731C2"/>
     <w:rsid w:val="00D73A81"/>
     <w:rsid w:val="00D75DA6"/>
     <w:rsid w:val="00D80524"/>
     <w:rsid w:val="00D81C8D"/>
     <w:rsid w:val="00D831CE"/>
     <w:rsid w:val="00D85A60"/>
     <w:rsid w:val="00D85C38"/>
     <w:rsid w:val="00D85DF2"/>
     <w:rsid w:val="00D913BF"/>
-    <w:rsid w:val="00D91BD9"/>
+    <w:rsid w:val="00D9182A"/>
     <w:rsid w:val="00D92ED8"/>
     <w:rsid w:val="00D94B97"/>
     <w:rsid w:val="00D94F5F"/>
     <w:rsid w:val="00D961EC"/>
     <w:rsid w:val="00D96A9F"/>
     <w:rsid w:val="00D96C3B"/>
     <w:rsid w:val="00D97623"/>
     <w:rsid w:val="00DA2661"/>
     <w:rsid w:val="00DA3B79"/>
     <w:rsid w:val="00DA4009"/>
     <w:rsid w:val="00DA5C3E"/>
     <w:rsid w:val="00DA63F3"/>
     <w:rsid w:val="00DA6DFF"/>
     <w:rsid w:val="00DA7045"/>
     <w:rsid w:val="00DB1332"/>
     <w:rsid w:val="00DB2F51"/>
     <w:rsid w:val="00DB4B39"/>
     <w:rsid w:val="00DB6BAE"/>
     <w:rsid w:val="00DC0275"/>
     <w:rsid w:val="00DC0291"/>
     <w:rsid w:val="00DC02D9"/>
-    <w:rsid w:val="00DC1F71"/>
-    <w:rsid w:val="00DC29A2"/>
     <w:rsid w:val="00DC3635"/>
     <w:rsid w:val="00DC47A2"/>
     <w:rsid w:val="00DC552B"/>
-    <w:rsid w:val="00DC7E5D"/>
     <w:rsid w:val="00DD24DC"/>
     <w:rsid w:val="00DD3D94"/>
     <w:rsid w:val="00DD4AAE"/>
     <w:rsid w:val="00DD55D8"/>
     <w:rsid w:val="00DD5F74"/>
     <w:rsid w:val="00DD7262"/>
     <w:rsid w:val="00DD7CB9"/>
     <w:rsid w:val="00DE079F"/>
     <w:rsid w:val="00DE0FAE"/>
     <w:rsid w:val="00DE1551"/>
     <w:rsid w:val="00DE2203"/>
     <w:rsid w:val="00DE3268"/>
-    <w:rsid w:val="00DE344A"/>
     <w:rsid w:val="00DE3637"/>
     <w:rsid w:val="00DE3F87"/>
     <w:rsid w:val="00DE4DF4"/>
     <w:rsid w:val="00DE4F3E"/>
     <w:rsid w:val="00DE533F"/>
     <w:rsid w:val="00DE57F1"/>
     <w:rsid w:val="00DE6F38"/>
     <w:rsid w:val="00DE7A5A"/>
     <w:rsid w:val="00DE7FB7"/>
     <w:rsid w:val="00DF1C3A"/>
     <w:rsid w:val="00DF1D92"/>
     <w:rsid w:val="00DF29A0"/>
     <w:rsid w:val="00DF46E5"/>
     <w:rsid w:val="00DF691D"/>
     <w:rsid w:val="00E024C1"/>
-    <w:rsid w:val="00E027B1"/>
     <w:rsid w:val="00E035D7"/>
     <w:rsid w:val="00E03965"/>
     <w:rsid w:val="00E03E1F"/>
     <w:rsid w:val="00E04785"/>
     <w:rsid w:val="00E05446"/>
     <w:rsid w:val="00E05680"/>
     <w:rsid w:val="00E06483"/>
     <w:rsid w:val="00E06AAA"/>
     <w:rsid w:val="00E06ED4"/>
     <w:rsid w:val="00E1061B"/>
     <w:rsid w:val="00E10A29"/>
     <w:rsid w:val="00E145A0"/>
     <w:rsid w:val="00E1689B"/>
     <w:rsid w:val="00E16C6A"/>
     <w:rsid w:val="00E178B6"/>
     <w:rsid w:val="00E20DDA"/>
     <w:rsid w:val="00E2181D"/>
     <w:rsid w:val="00E22B48"/>
     <w:rsid w:val="00E23F68"/>
     <w:rsid w:val="00E240D7"/>
     <w:rsid w:val="00E25D52"/>
-    <w:rsid w:val="00E267EC"/>
     <w:rsid w:val="00E31ADA"/>
     <w:rsid w:val="00E31EE2"/>
     <w:rsid w:val="00E32251"/>
     <w:rsid w:val="00E32A8B"/>
     <w:rsid w:val="00E3375B"/>
     <w:rsid w:val="00E33D0E"/>
     <w:rsid w:val="00E36054"/>
     <w:rsid w:val="00E37D72"/>
     <w:rsid w:val="00E37E7B"/>
     <w:rsid w:val="00E40FC4"/>
     <w:rsid w:val="00E417BC"/>
     <w:rsid w:val="00E434DC"/>
     <w:rsid w:val="00E46E04"/>
     <w:rsid w:val="00E50845"/>
     <w:rsid w:val="00E50F7E"/>
     <w:rsid w:val="00E51010"/>
     <w:rsid w:val="00E529FF"/>
     <w:rsid w:val="00E55D4D"/>
     <w:rsid w:val="00E56EED"/>
     <w:rsid w:val="00E60075"/>
     <w:rsid w:val="00E63B5F"/>
     <w:rsid w:val="00E6577F"/>
     <w:rsid w:val="00E666A5"/>
     <w:rsid w:val="00E66B9F"/>
     <w:rsid w:val="00E66D04"/>
     <w:rsid w:val="00E679EF"/>
     <w:rsid w:val="00E7074F"/>
     <w:rsid w:val="00E710E5"/>
     <w:rsid w:val="00E7554B"/>
     <w:rsid w:val="00E76278"/>
     <w:rsid w:val="00E76FE0"/>
     <w:rsid w:val="00E7728A"/>
     <w:rsid w:val="00E77D2B"/>
     <w:rsid w:val="00E819DA"/>
     <w:rsid w:val="00E83871"/>
     <w:rsid w:val="00E8443F"/>
     <w:rsid w:val="00E844E8"/>
     <w:rsid w:val="00E86FAE"/>
     <w:rsid w:val="00E87396"/>
     <w:rsid w:val="00E87D0D"/>
     <w:rsid w:val="00E900DA"/>
     <w:rsid w:val="00E90FF6"/>
-    <w:rsid w:val="00E910E7"/>
     <w:rsid w:val="00E9168D"/>
     <w:rsid w:val="00E917DE"/>
     <w:rsid w:val="00E93679"/>
     <w:rsid w:val="00E957A8"/>
     <w:rsid w:val="00E964BE"/>
     <w:rsid w:val="00EA059B"/>
     <w:rsid w:val="00EA0CD3"/>
-    <w:rsid w:val="00EA1017"/>
     <w:rsid w:val="00EA1285"/>
     <w:rsid w:val="00EA3AF9"/>
     <w:rsid w:val="00EA403C"/>
-    <w:rsid w:val="00EA4758"/>
     <w:rsid w:val="00EA5E1E"/>
     <w:rsid w:val="00EB04CC"/>
     <w:rsid w:val="00EB331F"/>
     <w:rsid w:val="00EB3597"/>
     <w:rsid w:val="00EB36B4"/>
     <w:rsid w:val="00EB6A3D"/>
     <w:rsid w:val="00EB7D48"/>
     <w:rsid w:val="00EC1834"/>
     <w:rsid w:val="00EC42A3"/>
     <w:rsid w:val="00EC45A6"/>
-    <w:rsid w:val="00EC4745"/>
     <w:rsid w:val="00EC5146"/>
     <w:rsid w:val="00EC5CAD"/>
     <w:rsid w:val="00EC6321"/>
-    <w:rsid w:val="00EC6EA6"/>
     <w:rsid w:val="00EC7264"/>
     <w:rsid w:val="00ED2BD1"/>
     <w:rsid w:val="00ED36B9"/>
     <w:rsid w:val="00ED6024"/>
     <w:rsid w:val="00ED64E8"/>
     <w:rsid w:val="00ED7BA7"/>
     <w:rsid w:val="00EE2182"/>
     <w:rsid w:val="00EE3D71"/>
-    <w:rsid w:val="00EE42CA"/>
     <w:rsid w:val="00EE5BFF"/>
     <w:rsid w:val="00EE765F"/>
     <w:rsid w:val="00EF1382"/>
-    <w:rsid w:val="00EF1684"/>
     <w:rsid w:val="00EF3F3E"/>
     <w:rsid w:val="00EF5541"/>
     <w:rsid w:val="00EF778E"/>
     <w:rsid w:val="00EF7F81"/>
     <w:rsid w:val="00F00806"/>
     <w:rsid w:val="00F020AD"/>
     <w:rsid w:val="00F0215C"/>
-    <w:rsid w:val="00F0262A"/>
-    <w:rsid w:val="00F0263C"/>
     <w:rsid w:val="00F03E33"/>
     <w:rsid w:val="00F03FC7"/>
     <w:rsid w:val="00F06B69"/>
     <w:rsid w:val="00F06FF9"/>
     <w:rsid w:val="00F07933"/>
     <w:rsid w:val="00F10DDA"/>
-    <w:rsid w:val="00F10F84"/>
-    <w:rsid w:val="00F117E4"/>
     <w:rsid w:val="00F15816"/>
     <w:rsid w:val="00F21008"/>
-    <w:rsid w:val="00F229CC"/>
     <w:rsid w:val="00F22BE2"/>
     <w:rsid w:val="00F231C0"/>
     <w:rsid w:val="00F242CB"/>
     <w:rsid w:val="00F26494"/>
     <w:rsid w:val="00F26D1C"/>
     <w:rsid w:val="00F26D8D"/>
     <w:rsid w:val="00F276D0"/>
     <w:rsid w:val="00F308D4"/>
     <w:rsid w:val="00F32000"/>
     <w:rsid w:val="00F329F4"/>
     <w:rsid w:val="00F33716"/>
     <w:rsid w:val="00F34740"/>
     <w:rsid w:val="00F36634"/>
     <w:rsid w:val="00F36A4A"/>
     <w:rsid w:val="00F40713"/>
     <w:rsid w:val="00F42B22"/>
-    <w:rsid w:val="00F43D57"/>
     <w:rsid w:val="00F44EEF"/>
     <w:rsid w:val="00F45A46"/>
     <w:rsid w:val="00F465F4"/>
     <w:rsid w:val="00F4708A"/>
     <w:rsid w:val="00F47A06"/>
     <w:rsid w:val="00F47D49"/>
     <w:rsid w:val="00F50410"/>
     <w:rsid w:val="00F51CA1"/>
     <w:rsid w:val="00F55F5D"/>
     <w:rsid w:val="00F56E7C"/>
     <w:rsid w:val="00F570D0"/>
     <w:rsid w:val="00F6000A"/>
     <w:rsid w:val="00F61EC7"/>
     <w:rsid w:val="00F620AD"/>
-    <w:rsid w:val="00F62DBA"/>
     <w:rsid w:val="00F62FD0"/>
     <w:rsid w:val="00F6357D"/>
     <w:rsid w:val="00F64116"/>
     <w:rsid w:val="00F66F47"/>
     <w:rsid w:val="00F675A4"/>
     <w:rsid w:val="00F67E85"/>
-    <w:rsid w:val="00F704F9"/>
     <w:rsid w:val="00F70A5B"/>
     <w:rsid w:val="00F72253"/>
     <w:rsid w:val="00F729ED"/>
     <w:rsid w:val="00F754D0"/>
     <w:rsid w:val="00F75EBB"/>
     <w:rsid w:val="00F77723"/>
     <w:rsid w:val="00F77C26"/>
     <w:rsid w:val="00F83033"/>
     <w:rsid w:val="00F8663F"/>
     <w:rsid w:val="00F9197F"/>
     <w:rsid w:val="00F9289C"/>
     <w:rsid w:val="00F939AB"/>
     <w:rsid w:val="00F94890"/>
     <w:rsid w:val="00F94946"/>
-    <w:rsid w:val="00F94A8E"/>
     <w:rsid w:val="00F95949"/>
     <w:rsid w:val="00F966AA"/>
     <w:rsid w:val="00F97160"/>
     <w:rsid w:val="00FA0453"/>
     <w:rsid w:val="00FA2FB8"/>
     <w:rsid w:val="00FA4FED"/>
     <w:rsid w:val="00FA6C5A"/>
     <w:rsid w:val="00FA6E56"/>
-    <w:rsid w:val="00FA6E8D"/>
     <w:rsid w:val="00FB24D9"/>
     <w:rsid w:val="00FB28AB"/>
-    <w:rsid w:val="00FB2C6A"/>
     <w:rsid w:val="00FB4602"/>
     <w:rsid w:val="00FB46AA"/>
     <w:rsid w:val="00FB538F"/>
-    <w:rsid w:val="00FB59BB"/>
     <w:rsid w:val="00FB7ED9"/>
     <w:rsid w:val="00FC0ABB"/>
     <w:rsid w:val="00FC3071"/>
     <w:rsid w:val="00FC604F"/>
     <w:rsid w:val="00FC6B61"/>
     <w:rsid w:val="00FC7060"/>
     <w:rsid w:val="00FC760D"/>
     <w:rsid w:val="00FC7931"/>
     <w:rsid w:val="00FD0161"/>
-    <w:rsid w:val="00FD270B"/>
     <w:rsid w:val="00FD285A"/>
     <w:rsid w:val="00FD2888"/>
     <w:rsid w:val="00FD38CE"/>
     <w:rsid w:val="00FD3BE0"/>
     <w:rsid w:val="00FD4C64"/>
     <w:rsid w:val="00FD5902"/>
-    <w:rsid w:val="00FE0BDF"/>
     <w:rsid w:val="00FE1DB7"/>
     <w:rsid w:val="00FE319C"/>
     <w:rsid w:val="00FE3E4A"/>
     <w:rsid w:val="00FE5254"/>
     <w:rsid w:val="00FE6EFC"/>
     <w:rsid w:val="00FF1958"/>
     <w:rsid w:val="00FF2DC1"/>
     <w:rsid w:val="00FF32CE"/>
     <w:rsid w:val="00FF3F15"/>
     <w:rsid w:val="00FF41EC"/>
     <w:rsid w:val="00FF4882"/>
     <w:rsid w:val="00FF4CB1"/>
     <w:rsid w:val="00FF5CBB"/>
     <w:rsid w:val="00FF6A24"/>
     <w:rsid w:val="00FF7D27"/>
-    <w:rsid w:val="018D2604"/>
     <w:rsid w:val="01FAD246"/>
-    <w:rsid w:val="01FE1C87"/>
-    <w:rsid w:val="02345909"/>
     <w:rsid w:val="028AE742"/>
-    <w:rsid w:val="0324E4DB"/>
     <w:rsid w:val="04EF7552"/>
-    <w:rsid w:val="05C3871B"/>
     <w:rsid w:val="076A90FC"/>
     <w:rsid w:val="07BB19CA"/>
     <w:rsid w:val="0871CE7F"/>
-    <w:rsid w:val="0A3CCD4B"/>
     <w:rsid w:val="0B2E0DF5"/>
     <w:rsid w:val="0BE5E22D"/>
     <w:rsid w:val="0D85CBC9"/>
-    <w:rsid w:val="0DC2B9DA"/>
     <w:rsid w:val="0E44632C"/>
     <w:rsid w:val="0EDE8331"/>
-    <w:rsid w:val="0FB9012F"/>
     <w:rsid w:val="10E681AD"/>
     <w:rsid w:val="11162940"/>
     <w:rsid w:val="11F013F9"/>
     <w:rsid w:val="12E002A1"/>
     <w:rsid w:val="12EBF648"/>
     <w:rsid w:val="13E8D4B6"/>
-    <w:rsid w:val="14443AED"/>
-    <w:rsid w:val="15018447"/>
     <w:rsid w:val="1686201A"/>
-    <w:rsid w:val="16D77965"/>
     <w:rsid w:val="16F6B00A"/>
-    <w:rsid w:val="16F7F5BA"/>
     <w:rsid w:val="176D291D"/>
     <w:rsid w:val="181DE26C"/>
     <w:rsid w:val="191EC4E0"/>
     <w:rsid w:val="19D9E3A8"/>
     <w:rsid w:val="1A9212BD"/>
     <w:rsid w:val="1A9957C2"/>
     <w:rsid w:val="1B08206C"/>
     <w:rsid w:val="1B2DBC7C"/>
     <w:rsid w:val="1B8BA715"/>
     <w:rsid w:val="1D2AED5C"/>
-    <w:rsid w:val="1D970609"/>
     <w:rsid w:val="1DB23A26"/>
-    <w:rsid w:val="1DC03FAA"/>
-    <w:rsid w:val="1E27365C"/>
     <w:rsid w:val="1E655D3E"/>
     <w:rsid w:val="1FCC9C78"/>
     <w:rsid w:val="20E2116A"/>
     <w:rsid w:val="222EA2B9"/>
     <w:rsid w:val="22BBC555"/>
     <w:rsid w:val="22C3540D"/>
-    <w:rsid w:val="23BD2736"/>
     <w:rsid w:val="240BBDAF"/>
     <w:rsid w:val="2431FD96"/>
     <w:rsid w:val="2484C216"/>
     <w:rsid w:val="24E1F88A"/>
     <w:rsid w:val="25AF00BA"/>
     <w:rsid w:val="2615F6AC"/>
-    <w:rsid w:val="26204D96"/>
     <w:rsid w:val="27622A82"/>
     <w:rsid w:val="27AD6657"/>
-    <w:rsid w:val="28996B1B"/>
     <w:rsid w:val="28A6EDB7"/>
-    <w:rsid w:val="2E1FFD8C"/>
     <w:rsid w:val="2F056BF4"/>
-    <w:rsid w:val="2FC2F491"/>
-    <w:rsid w:val="302120E1"/>
     <w:rsid w:val="32845F5C"/>
-    <w:rsid w:val="32D1FE9A"/>
     <w:rsid w:val="340BD2DA"/>
     <w:rsid w:val="35AD4103"/>
-    <w:rsid w:val="36032578"/>
-[...1 lines deleted...]
-    <w:rsid w:val="374624CA"/>
     <w:rsid w:val="37BAF5BB"/>
     <w:rsid w:val="38124880"/>
-    <w:rsid w:val="385A10D5"/>
     <w:rsid w:val="386E18D3"/>
-    <w:rsid w:val="38BF8586"/>
     <w:rsid w:val="3ABD52EE"/>
-    <w:rsid w:val="3AF874A1"/>
     <w:rsid w:val="3B6C87DC"/>
     <w:rsid w:val="3C5D721E"/>
     <w:rsid w:val="3DEA48E1"/>
     <w:rsid w:val="3E4D0B40"/>
-    <w:rsid w:val="3EC1479B"/>
     <w:rsid w:val="3FB4778A"/>
     <w:rsid w:val="3FC7AD97"/>
     <w:rsid w:val="3FFD9FD0"/>
     <w:rsid w:val="402F96F6"/>
     <w:rsid w:val="4049811D"/>
-    <w:rsid w:val="407AF978"/>
-    <w:rsid w:val="43DFF55E"/>
     <w:rsid w:val="4498F1AE"/>
     <w:rsid w:val="461B99B2"/>
-    <w:rsid w:val="476BB2A3"/>
-    <w:rsid w:val="47E941D5"/>
     <w:rsid w:val="47FF5D5B"/>
     <w:rsid w:val="4A780BEA"/>
     <w:rsid w:val="4B17F9FC"/>
-    <w:rsid w:val="4BA6BB6F"/>
-    <w:rsid w:val="4C23AF33"/>
     <w:rsid w:val="4C3A2AE7"/>
     <w:rsid w:val="4D2E68D1"/>
     <w:rsid w:val="4D4ED127"/>
-    <w:rsid w:val="4D65B873"/>
     <w:rsid w:val="4D9EA3AB"/>
     <w:rsid w:val="4E348193"/>
-    <w:rsid w:val="4E63BFC7"/>
-    <w:rsid w:val="4E812AAD"/>
     <w:rsid w:val="4F3396E7"/>
     <w:rsid w:val="4F6B9058"/>
     <w:rsid w:val="501E3DA7"/>
-    <w:rsid w:val="508F81C9"/>
     <w:rsid w:val="50B985DB"/>
     <w:rsid w:val="51272A44"/>
-    <w:rsid w:val="51DEC0A8"/>
     <w:rsid w:val="52909CE4"/>
     <w:rsid w:val="5439A8E3"/>
     <w:rsid w:val="54B683E0"/>
     <w:rsid w:val="550DA71D"/>
     <w:rsid w:val="571A5314"/>
-    <w:rsid w:val="578AE2A4"/>
     <w:rsid w:val="58EC3835"/>
-    <w:rsid w:val="5A3582C1"/>
-    <w:rsid w:val="5A937BFC"/>
     <w:rsid w:val="5B0D0BC2"/>
     <w:rsid w:val="5C74EB51"/>
     <w:rsid w:val="5D2C4E9F"/>
     <w:rsid w:val="5DACA819"/>
     <w:rsid w:val="5DFCA8AF"/>
     <w:rsid w:val="5F03E632"/>
-    <w:rsid w:val="61199B91"/>
-    <w:rsid w:val="629D2392"/>
     <w:rsid w:val="6325200F"/>
     <w:rsid w:val="6490D8BF"/>
     <w:rsid w:val="64D8180D"/>
     <w:rsid w:val="655EACF4"/>
     <w:rsid w:val="65EC857C"/>
-    <w:rsid w:val="698A0E44"/>
-[...1 lines deleted...]
-    <w:rsid w:val="6AAB1472"/>
     <w:rsid w:val="6B9BA1C0"/>
     <w:rsid w:val="6BBECAEA"/>
     <w:rsid w:val="6C62A425"/>
     <w:rsid w:val="6C69C762"/>
     <w:rsid w:val="6DD7C125"/>
     <w:rsid w:val="6DE377A9"/>
     <w:rsid w:val="6DF9A41C"/>
-    <w:rsid w:val="6E5E425B"/>
     <w:rsid w:val="6F960210"/>
     <w:rsid w:val="6FC5D193"/>
     <w:rsid w:val="70689EE9"/>
-    <w:rsid w:val="71FC6880"/>
     <w:rsid w:val="7234CD65"/>
     <w:rsid w:val="731B5028"/>
     <w:rsid w:val="7479D7C3"/>
     <w:rsid w:val="7532875A"/>
-    <w:rsid w:val="75E26F61"/>
     <w:rsid w:val="75F333DC"/>
     <w:rsid w:val="765C2F40"/>
     <w:rsid w:val="766E02C9"/>
-    <w:rsid w:val="76DBC7D1"/>
-    <w:rsid w:val="78312BAC"/>
     <w:rsid w:val="7849194A"/>
-    <w:rsid w:val="78A15514"/>
     <w:rsid w:val="79938F6F"/>
     <w:rsid w:val="7B3FA5C9"/>
     <w:rsid w:val="7CD7A21D"/>
-    <w:rsid w:val="7D8F62DD"/>
-    <w:rsid w:val="7DE570A0"/>
     <w:rsid w:val="7DF769D2"/>
     <w:rsid w:val="7E5F21C9"/>
     <w:rsid w:val="7E9C6E66"/>
     <w:rsid w:val="7FB6129F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="50D2726D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{37906A22-1AA2-4CBD-879B-5707E0BBCB09}"/>
+  <w15:docId w15:val="{6396012B-7F52-4FB4-B6C0-72FA16AED841}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -27862,52 +26517,52 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F6F14D168BC277439648787FAD41E74A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1a0d7a5c7fa926264132e37c0356e86f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2b275b62-acea-4b0c-8140-af8b624ad6bd" xmlns:ns3="8bc5e8d8-60e2-4b51-8087-ec112cc94b36" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f220f8949b92cdac8d33d28b7439a47d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F6F14D168BC277439648787FAD41E74A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ad0cdd56e7e8e33209f42fc1462e26db">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2b275b62-acea-4b0c-8140-af8b624ad6bd" xmlns:ns3="8bc5e8d8-60e2-4b51-8087-ec112cc94b36" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="629e8a965ce9198bd2f65b9ba51bea9b" ns2:_="" ns3:_="">
     <xsd:import namespace="2b275b62-acea-4b0c-8140-af8b624ad6bd"/>
     <xsd:import namespace="8bc5e8d8-60e2-4b51-8087-ec112cc94b36"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -28134,257 +26789,155 @@
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="8bc5e8d8-60e2-4b51-8087-ec112cc94b36" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2b275b62-acea-4b0c-8140-af8b624ad6bd">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB86583D-85F2-4CD1-A2A4-1483D9A7BB60}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F168856-0444-48BF-9201-37F0DD1CC61A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB4D306A-82AA-4783-807E-1636667FD656}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2b275b62-acea-4b0c-8140-af8b624ad6bd"/>
     <ds:schemaRef ds:uri="8bc5e8d8-60e2-4b51-8087-ec112cc94b36"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AF8E0E0-880E-43E6-9451-81FE53C023FB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F22BBB88-1736-45C3-B1EC-E7AA50BCB73D}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="2b275b62-acea-4b0c-8140-af8b624ad6bd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="8bc5e8d8-60e2-4b51-8087-ec112cc94b36"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="2b275b62-acea-4b0c-8140-af8b624ad6bd"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{15ef16e8-4ce0-4fc3-92e2-6a7a6c8e765e}" enabled="0" method="" siteId="{15ef16e8-4ce0-4fc3-92e2-6a7a6c8e765e}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>IntialProgramApproval.dot</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1901</Words>
-  <Characters>10761</Characters>
+  <Words>1826</Words>
+  <Characters>10630</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>384</Lines>
-  <Paragraphs>281</Paragraphs>
+  <Lines>425</Lines>
+  <Paragraphs>319</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2025 Reapproval Application</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12381</CharactersWithSpaces>
+  <CharactersWithSpaces>12137</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="48" baseType="variant">
+    <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>1703981</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>465</vt:i4>
-[...107 lines deleted...]
-        <vt:i4>447</vt:i4>
+        <vt:i4>432</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:emsccte@nysed.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1572951</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>342</vt:i4>
+        <vt:i4>336</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.nysed.gov/career-technical-education/work-based-learning-wbl-programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2025 Reapproval Application</dc:title>
   <dc:subject>CTE</dc:subject>
   <dc:creator>NYSED</dc:creator>